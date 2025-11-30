--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -12,122 +12,125 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Desktop\Club\Records\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8B65C351-9399-4413-B208-7224AAFBD51E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55AE36A8-80B7-47B7-AA15-E5D9BA719975}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="5" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="5" activeTab="12" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Benjamins F" sheetId="1" r:id="rId1"/>
     <sheet name="Minimes F" sheetId="2" r:id="rId2"/>
     <sheet name="Cadets F" sheetId="3" r:id="rId3"/>
     <sheet name="Juniors F" sheetId="4" r:id="rId4"/>
     <sheet name="Espoirs F" sheetId="5" r:id="rId5"/>
     <sheet name="Seniors F" sheetId="6" r:id="rId6"/>
     <sheet name="Vétérans  F" sheetId="7" r:id="rId7"/>
     <sheet name="Benjamins M" sheetId="8" r:id="rId8"/>
     <sheet name="Minimes M" sheetId="9" r:id="rId9"/>
     <sheet name="Cadets M" sheetId="10" r:id="rId10"/>
     <sheet name="Juniors M" sheetId="11" r:id="rId11"/>
     <sheet name="Espoirs M" sheetId="12" r:id="rId12"/>
     <sheet name="Seniors M" sheetId="13" r:id="rId13"/>
     <sheet name="Veterans M" sheetId="14" r:id="rId14"/>
   </sheets>
   <definedNames>
-    <definedName name="OLE_LINK1" localSheetId="5">'Seniors F'!$A$79</definedName>
+    <definedName name="OLE_LINK1" localSheetId="5">'Seniors F'!$A$80</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Benjamins F'!$A$2:$G$63</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Benjamins M'!$A$2:$G$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Cadets F'!$A$2:$G$58</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'Cadets M'!$A$2:$G$61</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Espoirs F'!$A$2:$G$71</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="11">'Espoirs M'!$A$2:$G$78</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="11">'Espoirs M'!$A$2:$G$79</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Juniors F'!$A$2:$G$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'Juniors M'!$A$1:$G$61</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Minimes F'!$A$2:$G$82</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Minimes M'!$A$2:$G$69</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">'Seniors F'!$A$2:$G$92</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="12">'Seniors M'!$A$70:$G$115</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'Seniors F'!$A$2:$G$93</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="12">'Seniors M'!$A$72:$G$117</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Vétérans  F'!$A$2:$G$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="13">'Veterans M'!$A$2:$G$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L39" i="2" l="1"/>
-  <c r="J26" i="6"/>
+  <c r="J27" i="6"/>
   <c r="K40" i="4"/>
   <c r="J41" i="2" l="1"/>
-  <c r="M90" i="13" l="1"/>
-  <c r="J50" i="6" l="1"/>
+  <c r="M92" i="13" l="1"/>
+  <c r="J51" i="6" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3602" uniqueCount="1809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3622" uniqueCount="1828">
   <si>
     <t>BENJAMINES</t>
   </si>
   <si>
     <t xml:space="preserve">Arrêtés au </t>
   </si>
   <si>
     <t>EPREUVES</t>
   </si>
   <si>
     <t>PERF</t>
   </si>
   <si>
     <t>NOMS</t>
   </si>
   <si>
     <t>PRENOMS</t>
   </si>
   <si>
     <t>DATES</t>
   </si>
   <si>
     <t>LIEUX</t>
   </si>
   <si>
@@ -1681,53 +1684,50 @@
   <si>
     <t>EKIDEN</t>
   </si>
   <si>
     <t>BESSIERE</t>
   </si>
   <si>
     <t>DUVAL</t>
   </si>
   <si>
     <t>* = en Salle</t>
   </si>
   <si>
     <t>VETERANS</t>
   </si>
   <si>
     <t>Nathalie</t>
   </si>
   <si>
     <t>HABERT</t>
   </si>
   <si>
     <t>Françine</t>
   </si>
   <si>
-    <t>66"67</t>
-[...1 lines deleted...]
-  <si>
     <t>REMIREMONT</t>
   </si>
   <si>
     <t>5'28"99</t>
   </si>
   <si>
     <t>PILLON - QUENTIN</t>
   </si>
   <si>
     <t xml:space="preserve">3000m </t>
   </si>
   <si>
     <t>10'24"42</t>
   </si>
   <si>
     <t>JOLY - MALLO</t>
   </si>
   <si>
     <t>CHATEAUDUN</t>
   </si>
   <si>
     <t>100m Haies (0,84)</t>
   </si>
   <si>
     <t>18"49</t>
@@ -2354,53 +2354,50 @@
     <t>4X60m</t>
   </si>
   <si>
     <t>28"05</t>
   </si>
   <si>
     <t>COGNAC</t>
   </si>
   <si>
     <t>CHEDEAU</t>
   </si>
   <si>
     <t>Maxence</t>
   </si>
   <si>
     <t>JOSSE</t>
   </si>
   <si>
     <t>Guillaume</t>
   </si>
   <si>
     <t>DESPREZ</t>
   </si>
   <si>
     <t>Aurélien</t>
-  </si>
-[...1 lines deleted...]
-    <t>5'23"59</t>
   </si>
   <si>
     <t>CALVEZ</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>Maël</t>
   </si>
   <si>
     <t>cadets</t>
   </si>
   <si>
     <t>60 m salle</t>
   </si>
   <si>
     <t>6"97</t>
   </si>
   <si>
     <t>GOLITIN</t>
   </si>
   <si>
     <t>Amaury</t>
   </si>
@@ -5297,53 +5294,50 @@
   <si>
     <t>Gien</t>
   </si>
   <si>
     <t>80m</t>
   </si>
   <si>
     <t>200mH (0,76)</t>
   </si>
   <si>
     <t xml:space="preserve">TRIATHLON A </t>
   </si>
   <si>
     <t>2'41"12</t>
   </si>
   <si>
     <t xml:space="preserve">FALVISANER </t>
   </si>
   <si>
     <t>Celestin</t>
   </si>
   <si>
     <t>1h03'34"31</t>
   </si>
   <si>
-    <t>60"26</t>
-[...1 lines deleted...]
-  <si>
     <t>POIRIER</t>
   </si>
   <si>
     <t>Camille</t>
   </si>
   <si>
     <t>9'09"22</t>
   </si>
   <si>
     <t>Yannis</t>
   </si>
   <si>
     <t>Talence</t>
   </si>
   <si>
     <t>5,42m</t>
   </si>
   <si>
     <t xml:space="preserve">BECQUET-PERIGON  </t>
   </si>
   <si>
     <t>2'16"29</t>
   </si>
   <si>
     <t>STOKIC</t>
@@ -5465,158 +5459,224 @@
   <si>
     <t>3'24"5  444 pts</t>
   </si>
   <si>
     <t>10km Marche</t>
   </si>
   <si>
     <t>POIDS 4kg</t>
   </si>
   <si>
     <t>125 Pts</t>
   </si>
   <si>
     <t>Redon</t>
   </si>
   <si>
     <t>10"31 +1,0</t>
   </si>
   <si>
     <t>29"79 -1,6</t>
   </si>
   <si>
     <t>5,36m  +3,4</t>
   </si>
   <si>
-    <t>41'39"44</t>
-[...1 lines deleted...]
-  <si>
     <t>45 pts</t>
   </si>
   <si>
     <t>29"56    -0,5</t>
   </si>
   <si>
     <t>3249 Pts</t>
   </si>
   <si>
     <t>9"71    767</t>
   </si>
   <si>
     <t>1,53      655</t>
   </si>
   <si>
     <t>9,66  507</t>
   </si>
   <si>
     <t>5,17     606</t>
   </si>
   <si>
     <t>2'28"32  714</t>
   </si>
   <si>
     <t>8'05"10</t>
   </si>
   <si>
     <t>Gand (BEL)</t>
   </si>
   <si>
     <t>43'17"</t>
   </si>
   <si>
     <t>Verneuil Sur Seine</t>
   </si>
   <si>
     <t>1h26'42"</t>
   </si>
   <si>
     <t>GOTTE</t>
   </si>
   <si>
     <t>Cécile</t>
   </si>
   <si>
     <t>3'30"09</t>
   </si>
   <si>
-    <t>Andrezieux Boutheon</t>
-[...4 lines deleted...]
-  <si>
     <t>1,58      712</t>
   </si>
   <si>
-    <t>10,25m   546</t>
-[...16 lines deleted...]
-  <si>
     <t>19'56"57</t>
   </si>
   <si>
     <t>2'35"46</t>
   </si>
   <si>
-    <t>4,50m</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> PERCHE    </t>
   </si>
   <si>
     <t>13'56"58</t>
   </si>
   <si>
     <t>Nijmegen</t>
+  </si>
+  <si>
+    <t>5'12"04</t>
+  </si>
+  <si>
+    <t>GANGNERON</t>
+  </si>
+  <si>
+    <t>DRUGEAULT</t>
+  </si>
+  <si>
+    <t>DESCAVES</t>
+  </si>
+  <si>
+    <t>Gabriel</t>
+  </si>
+  <si>
+    <t>Achille</t>
+  </si>
+  <si>
+    <t>66"39</t>
+  </si>
+  <si>
+    <t>St Maur des Fossé</t>
+  </si>
+  <si>
+    <t>4,54m</t>
+  </si>
+  <si>
+    <t>Thonon les Bains</t>
+  </si>
+  <si>
+    <t>2'07"76</t>
+  </si>
+  <si>
+    <t>la Roche sur Yon</t>
+  </si>
+  <si>
+    <t>59"40</t>
+  </si>
+  <si>
+    <t>Macon</t>
+  </si>
+  <si>
+    <t>4660 Pts</t>
+  </si>
+  <si>
+    <t>Clermont Ferrand</t>
+  </si>
+  <si>
+    <t>36,17m   594</t>
+  </si>
+  <si>
+    <t>2'26"33   740</t>
+  </si>
+  <si>
+    <t>5,19m  (-1,5)   612</t>
+  </si>
+  <si>
+    <t>26"68  (-0,3)   739</t>
+  </si>
+  <si>
+    <t>9,84m   519</t>
+  </si>
+  <si>
+    <t>15"76  (-07)   744</t>
+  </si>
+  <si>
+    <t>40'20"19</t>
+  </si>
+  <si>
+    <t>35 Km Marche</t>
+  </si>
+  <si>
+    <t>2h06'09"</t>
+  </si>
+  <si>
+    <t>FOUGERON</t>
+  </si>
+  <si>
+    <t>Pierre Alexandre</t>
+  </si>
+  <si>
+    <t>Verneuil sur seine</t>
+  </si>
+  <si>
+    <t>Semi Marathon Marche Route</t>
+  </si>
+  <si>
+    <t>1h48'39"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pierre </t>
+  </si>
+  <si>
+    <t>Zitteau</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="dd\-mmm\-yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-40C]d\ mmmm\ yyyy;@"/>
     <numFmt numFmtId="166" formatCode="[$-40C]d\-mmm\-yyyy;@"/>
     <numFmt numFmtId="167" formatCode="[$-40C]d\-mmm\-yy;@"/>
     <numFmt numFmtId="168" formatCode="h:mm:ss"/>
   </numFmts>
-  <fonts count="42">
+  <fonts count="45">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color indexed="14"/>
       <name val="Lucida Handwriting"/>
       <family val="4"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -5831,50 +5891,71 @@
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="GaramondeMinusc"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="79">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -6804,51 +6885,51 @@
       <right/>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="610">
+  <cellXfs count="626">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -7175,53 +7256,50 @@
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
@@ -8411,60 +8489,101 @@
     <xf numFmtId="0" fontId="37" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="168" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="37" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="37" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="37" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="37" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="37" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="37" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="41" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="37" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="37" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="37" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="37" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="42" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="42" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
@@ -8826,8636 +8945,8705 @@
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:bddThrowAthlete('resultats',%203230830,%200)" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O63"/>
   <sheetViews>
-    <sheetView topLeftCell="A40" workbookViewId="0">
-      <selection activeCell="I43" sqref="I43"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="18.109375" customWidth="1"/>
     <col min="2" max="2" width="13.5546875" customWidth="1"/>
     <col min="3" max="3" width="19.44140625" customWidth="1"/>
     <col min="4" max="4" width="13.88671875" customWidth="1"/>
     <col min="5" max="5" width="13.44140625" customWidth="1"/>
     <col min="6" max="6" width="19.109375" customWidth="1"/>
     <col min="7" max="7" width="15.5546875" customWidth="1"/>
     <col min="8" max="8" width="11.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="242" customFormat="1">
+    <row r="1" spans="1:15" s="241" customFormat="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
     </row>
-    <row r="2" spans="1:15" s="242" customFormat="1" ht="36">
+    <row r="2" spans="1:15" s="241" customFormat="1" ht="36">
       <c r="A2"/>
       <c r="B2"/>
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
       <c r="F2"/>
       <c r="G2"/>
     </row>
-    <row r="3" spans="1:15" s="242" customFormat="1">
+    <row r="3" spans="1:15" s="241" customFormat="1">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:15">
       <c r="F4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="15" thickBot="1">
       <c r="F5" s="2"/>
     </row>
     <row r="6" spans="1:15" ht="16.2">
       <c r="A6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="241" t="s">
+      <c r="B7" s="240" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="241" t="s">
+      <c r="C7" s="240" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="241" t="s">
+      <c r="D7" s="240" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="250">
+      <c r="E7" s="249">
         <v>37416</v>
       </c>
-      <c r="F7" s="241" t="s">
+      <c r="F7" s="240" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="28">
         <v>33016</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="241" t="s">
+      <c r="B8" s="240" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="241" t="s">
+      <c r="C8" s="240" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="241" t="s">
+      <c r="D8" s="240" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="250">
+      <c r="E8" s="249">
         <v>33531</v>
       </c>
-      <c r="F8" s="241" t="s">
+      <c r="F8" s="240" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="28">
         <v>28593</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="241" t="s">
+      <c r="B9" s="240" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="241" t="s">
+      <c r="D9" s="240" t="s">
         <v>21</v>
       </c>
-      <c r="E9" s="240">
+      <c r="E9" s="239">
         <v>39263</v>
       </c>
-      <c r="F9" s="241" t="s">
+      <c r="F9" s="240" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="28">
         <v>34368</v>
       </c>
       <c r="M9" t="s">
         <v>67</v>
       </c>
       <c r="N9" t="s">
         <v>67</v>
       </c>
       <c r="O9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="241" t="s">
+      <c r="B10" s="240" t="s">
         <v>24</v>
       </c>
-      <c r="C10" s="241" t="s">
+      <c r="C10" s="240" t="s">
         <v>25</v>
       </c>
-      <c r="D10" s="241" t="s">
+      <c r="D10" s="240" t="s">
         <v>26</v>
       </c>
-      <c r="E10" s="240">
+      <c r="E10" s="239">
         <v>35582</v>
       </c>
-      <c r="F10" s="241" t="s">
+      <c r="F10" s="240" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="28">
         <v>30869</v>
       </c>
       <c r="N10" t="s">
         <v>67</v>
       </c>
       <c r="O10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="241" t="s">
+      <c r="B11" s="240" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="241" t="s">
+      <c r="C11" s="240" t="s">
         <v>30</v>
       </c>
-      <c r="D11" s="241" t="s">
+      <c r="D11" s="240" t="s">
         <v>31</v>
       </c>
-      <c r="E11" s="240">
+      <c r="E11" s="239">
         <v>39243</v>
       </c>
-      <c r="F11" s="241" t="s">
+      <c r="F11" s="240" t="s">
         <v>32</v>
       </c>
       <c r="G11" s="28">
         <v>34679</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="B12" s="241" t="s">
+      <c r="B12" s="240" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="241" t="s">
+      <c r="C12" s="240" t="s">
         <v>35</v>
       </c>
-      <c r="D12" s="241" t="s">
+      <c r="D12" s="240" t="s">
         <v>36</v>
       </c>
-      <c r="E12" s="240">
+      <c r="E12" s="239">
         <v>35701</v>
       </c>
-      <c r="F12" s="241" t="s">
+      <c r="F12" s="240" t="s">
         <v>37</v>
       </c>
       <c r="G12" s="28">
         <v>31315</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="15" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="B13" s="241" t="s">
+      <c r="B13" s="240" t="s">
         <v>39</v>
       </c>
-      <c r="C13" s="241" t="s">
+      <c r="C13" s="240" t="s">
         <v>40</v>
       </c>
-      <c r="D13" s="241" t="s">
+      <c r="D13" s="240" t="s">
         <v>41</v>
       </c>
-      <c r="E13" s="240">
+      <c r="E13" s="239">
         <v>34973</v>
       </c>
-      <c r="F13" s="241" t="s">
+      <c r="F13" s="240" t="s">
         <v>42</v>
       </c>
       <c r="G13" s="28">
         <v>30541</v>
       </c>
       <c r="N13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="15" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B14" s="241" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="240">
+      <c r="B14" s="240" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C14" s="240" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D14" s="240" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E14" s="239">
         <v>43631</v>
       </c>
-      <c r="F14" s="241" t="s">
-        <v>1353</v>
+      <c r="F14" s="240" t="s">
+        <v>1351</v>
       </c>
       <c r="G14" s="28">
         <v>39059</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="15" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>1367</v>
-[...10 lines deleted...]
-      <c r="E15" s="240">
+        <v>1365</v>
+      </c>
+      <c r="B15" s="240" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C15" s="240" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D15" s="240" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E15" s="239">
         <v>43744</v>
       </c>
-      <c r="F15" s="241" t="s">
+      <c r="F15" s="240" t="s">
         <v>241</v>
       </c>
       <c r="G15" s="28">
         <v>39059</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="B16" s="241" t="s">
+      <c r="B16" s="240" t="s">
         <v>45</v>
       </c>
-      <c r="C16" s="241" t="s">
+      <c r="C16" s="240" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="241" t="s">
+      <c r="D16" s="240" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="240">
+      <c r="E16" s="239">
         <v>33394</v>
       </c>
-      <c r="F16" s="241" t="s">
+      <c r="F16" s="240" t="s">
         <v>37</v>
       </c>
       <c r="G16" s="28">
         <v>28593</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B17" s="241" t="s">
+      <c r="B17" s="240" t="s">
         <v>47</v>
       </c>
-      <c r="C17" s="241" t="s">
+      <c r="C17" s="240" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="241" t="s">
+      <c r="D17" s="240" t="s">
         <v>16</v>
       </c>
-      <c r="E17" s="240">
+      <c r="E17" s="239">
         <v>33401</v>
       </c>
-      <c r="F17" s="241" t="s">
+      <c r="F17" s="240" t="s">
         <v>48</v>
       </c>
       <c r="G17" s="28">
         <v>28593</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="B18" s="241" t="s">
+      <c r="B18" s="240" t="s">
         <v>50</v>
       </c>
-      <c r="C18" s="241" t="s">
+      <c r="C18" s="240" t="s">
         <v>51</v>
       </c>
-      <c r="D18" s="241" t="s">
+      <c r="D18" s="240" t="s">
         <v>52</v>
       </c>
-      <c r="E18" s="240">
+      <c r="E18" s="239">
         <v>36828</v>
       </c>
-      <c r="F18" s="241" t="s">
+      <c r="F18" s="240" t="s">
         <v>53</v>
       </c>
       <c r="G18" s="28">
         <v>31940</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="241" t="s">
+      <c r="C19" s="240" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="241" t="s">
+      <c r="D19" s="240" t="s">
         <v>16</v>
       </c>
-      <c r="E19" s="240">
+      <c r="E19" s="239">
         <v>33531</v>
       </c>
-      <c r="F19" s="241" t="s">
+      <c r="F19" s="240" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="28">
         <v>28593</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="13"/>
       <c r="B20" s="9" t="s">
-        <v>1445</v>
-[...1 lines deleted...]
-      <c r="C20" s="447" t="s">
         <v>1443</v>
       </c>
-      <c r="D20" s="241" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="448">
+      <c r="C20" s="446" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D20" s="240" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E20" s="447">
         <v>44373</v>
       </c>
-      <c r="F20" s="241" t="s">
-        <v>1441</v>
+      <c r="F20" s="240" t="s">
+        <v>1439</v>
       </c>
       <c r="G20" s="28">
         <v>39784</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="B21" s="241" t="s">
-[...8 lines deleted...]
-      <c r="E21" s="323">
+      <c r="B21" s="240" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C21" s="240" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D21" s="240" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E21" s="322">
         <v>41427</v>
       </c>
-      <c r="F21" s="241" t="s">
+      <c r="F21" s="240" t="s">
         <v>32</v>
       </c>
       <c r="G21" s="28">
         <v>36840</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" customHeight="1">
       <c r="A22" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="241" t="s">
+      <c r="B22" s="240" t="s">
         <v>58</v>
       </c>
-      <c r="C22" s="241" t="s">
+      <c r="C22" s="240" t="s">
         <v>59</v>
       </c>
-      <c r="D22" s="241" t="s">
+      <c r="D22" s="240" t="s">
         <v>60</v>
       </c>
-      <c r="E22" s="240" t="s">
+      <c r="E22" s="239" t="s">
         <v>61</v>
       </c>
-      <c r="F22" s="241" t="s">
+      <c r="F22" s="240" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="28">
         <v>26345</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="B23" s="241" t="s">
+      <c r="B23" s="240" t="s">
         <v>63</v>
       </c>
-      <c r="C23" s="241" t="s">
+      <c r="C23" s="240" t="s">
         <v>64</v>
       </c>
-      <c r="D23" s="241" t="s">
+      <c r="D23" s="240" t="s">
         <v>65</v>
       </c>
-      <c r="E23" s="240" t="s">
+      <c r="E23" s="239" t="s">
         <v>66</v>
       </c>
-      <c r="F23" s="241" t="s">
+      <c r="F23" s="240" t="s">
         <v>67</v>
       </c>
       <c r="G23" s="28">
         <v>22928</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" customHeight="1">
       <c r="A24" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="B24" s="241" t="s">
+      <c r="B24" s="240" t="s">
         <v>69</v>
       </c>
-      <c r="C24" s="241" t="s">
+      <c r="C24" s="240" t="s">
         <v>70</v>
       </c>
-      <c r="D24" s="241" t="s">
+      <c r="D24" s="240" t="s">
         <v>71</v>
       </c>
-      <c r="E24" s="240" t="s">
+      <c r="E24" s="239" t="s">
         <v>72</v>
       </c>
-      <c r="F24" s="241" t="s">
+      <c r="F24" s="240" t="s">
         <v>67</v>
       </c>
       <c r="G24" s="28" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="15" customHeight="1">
       <c r="A25" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="B25" s="241" t="s">
+      <c r="B25" s="240" t="s">
         <v>74</v>
       </c>
-      <c r="C25" s="241" t="s">
+      <c r="C25" s="240" t="s">
         <v>75</v>
       </c>
-      <c r="D25" s="241" t="s">
+      <c r="D25" s="240" t="s">
         <v>76</v>
       </c>
-      <c r="E25" s="240">
+      <c r="E25" s="239">
         <v>40299</v>
       </c>
-      <c r="F25" s="241" t="s">
+      <c r="F25" s="240" t="s">
         <v>77</v>
       </c>
       <c r="G25" s="28">
         <v>35790</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" customHeight="1">
       <c r="A26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>1453</v>
-[...2 lines deleted...]
-        <v>1443</v>
+        <v>1451</v>
+      </c>
+      <c r="C26" s="448" t="s">
+        <v>1441</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="E26" s="450">
+        <v>1442</v>
+      </c>
+      <c r="E26" s="449">
         <v>44373</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="G26" s="31">
         <v>39784</v>
       </c>
       <c r="I26" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" customHeight="1">
-      <c r="A27" s="434"/>
+      <c r="A27" s="433"/>
       <c r="B27" s="11" t="s">
         <v>80</v>
       </c>
-      <c r="C27" s="436" t="s">
-        <v>1447</v>
+      <c r="C27" s="435" t="s">
+        <v>1445</v>
       </c>
       <c r="D27" s="11" t="s">
-        <v>1450</v>
-[...1 lines deleted...]
-      <c r="E27" s="438"/>
+        <v>1448</v>
+      </c>
+      <c r="E27" s="437"/>
       <c r="F27" s="11"/>
-      <c r="G27" s="440"/>
+      <c r="G27" s="439"/>
       <c r="I27" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" customHeight="1">
-      <c r="A28" s="434"/>
+      <c r="A28" s="433"/>
       <c r="B28" s="11" t="s">
         <v>397</v>
       </c>
-      <c r="C28" s="436" t="s">
-        <v>1448</v>
+      <c r="C28" s="435" t="s">
+        <v>1446</v>
       </c>
       <c r="D28" s="11" t="s">
-        <v>1451</v>
-[...1 lines deleted...]
-      <c r="E28" s="438"/>
+        <v>1449</v>
+      </c>
+      <c r="E28" s="437"/>
       <c r="F28" s="11"/>
-      <c r="G28" s="440"/>
+      <c r="G28" s="439"/>
       <c r="I28" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" customHeight="1">
-      <c r="A29" s="435"/>
+      <c r="A29" s="434"/>
       <c r="B29" s="14" t="s">
         <v>394</v>
       </c>
-      <c r="C29" s="437" t="s">
-        <v>1449</v>
+      <c r="C29" s="436" t="s">
+        <v>1447</v>
       </c>
       <c r="D29" s="14" t="s">
-        <v>1452</v>
-[...1 lines deleted...]
-      <c r="E29" s="439"/>
+        <v>1450</v>
+      </c>
+      <c r="E29" s="438"/>
       <c r="F29" s="14"/>
-      <c r="G29" s="441"/>
+      <c r="G29" s="440"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="8" t="s">
         <v>78</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="E30" s="239">
+      <c r="E30" s="238">
         <v>33412</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>79</v>
       </c>
       <c r="G30" s="31">
         <v>28593</v>
       </c>
       <c r="I30" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="11" t="s">
         <v>80</v>
       </c>
       <c r="C31" s="11" t="s">
         <v>45</v>
       </c>
       <c r="D31" s="11" t="s">
-        <v>1188</v>
-[...1 lines deleted...]
-      <c r="E31" s="236"/>
+        <v>1186</v>
+      </c>
+      <c r="E31" s="235"/>
       <c r="F31" s="12"/>
       <c r="G31" s="37"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="11" t="s">
         <v>47</v>
       </c>
       <c r="D32" s="11" t="s">
-        <v>1190</v>
-[...1 lines deleted...]
-      <c r="E32" s="236"/>
+        <v>1188</v>
+      </c>
+      <c r="E32" s="235"/>
       <c r="F32" s="12"/>
       <c r="G32" s="37"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="13" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C33" s="14" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>1189</v>
-[...1 lines deleted...]
-      <c r="E33" s="238"/>
+        <v>1187</v>
+      </c>
+      <c r="E33" s="237"/>
       <c r="F33" s="15"/>
       <c r="G33" s="38"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="8" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>88</v>
       </c>
-      <c r="E34" s="239">
+      <c r="E34" s="238">
         <v>37171</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>89</v>
       </c>
       <c r="G34" s="31">
         <v>32187</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="15" customHeight="1">
       <c r="A35" s="16"/>
       <c r="B35" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C35" s="11" t="s">
         <v>91</v>
       </c>
       <c r="D35" s="11">
         <v>459</v>
       </c>
-      <c r="E35" s="236"/>
+      <c r="E35" s="235"/>
       <c r="F35" s="12"/>
       <c r="G35" s="37"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="16"/>
       <c r="B36" s="11" t="s">
         <v>92</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="11">
         <v>491</v>
       </c>
-      <c r="E36" s="236"/>
+      <c r="E36" s="235"/>
       <c r="F36" s="12"/>
       <c r="G36" s="37"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="16"/>
       <c r="B37" s="11" t="s">
         <v>94</v>
       </c>
       <c r="C37" s="11" t="s">
         <v>95</v>
       </c>
       <c r="D37" s="11">
         <v>181</v>
       </c>
-      <c r="E37" s="236"/>
+      <c r="E37" s="235"/>
       <c r="F37" s="12"/>
       <c r="G37" s="37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="17"/>
       <c r="B38" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="14" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="14">
         <v>286</v>
       </c>
-      <c r="E38" s="238"/>
+      <c r="E38" s="237"/>
       <c r="F38" s="15"/>
       <c r="G38" s="38"/>
     </row>
     <row r="39" spans="1:7">
-      <c r="A39" s="551" t="s">
+      <c r="A39" s="550" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B39" s="556" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C39" s="556" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D39" s="556" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E39" s="557">
+        <v>45627</v>
+      </c>
+      <c r="F39" s="558" t="s">
+        <v>173</v>
+      </c>
+      <c r="G39" s="559">
+        <v>41159</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="551"/>
+      <c r="B40" s="548" t="s">
+        <v>90</v>
+      </c>
+      <c r="C40" s="548" t="s">
         <v>1748</v>
       </c>
-      <c r="B39" s="557" t="s">
+      <c r="D40" s="548" t="s">
+        <v>282</v>
+      </c>
+      <c r="E40" s="560" t="s">
         <v>1749</v>
       </c>
-      <c r="C39" s="557" t="s">
+      <c r="F40" s="547"/>
+      <c r="G40" s="549"/>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="551"/>
+      <c r="B41" s="552" t="s">
+        <v>394</v>
+      </c>
+      <c r="C41" s="552" t="s">
         <v>1750</v>
       </c>
-      <c r="D39" s="557" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="558">
+      <c r="D41" s="552" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" s="553" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F41" s="554"/>
+      <c r="G41" s="555"/>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="551"/>
+      <c r="B42" s="556" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C42" s="556" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D42" s="556" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E42" s="557">
         <v>45627</v>
       </c>
-      <c r="F39" s="559" t="s">
+      <c r="F42" s="558" t="s">
         <v>173</v>
       </c>
-      <c r="G39" s="560">
-[...5 lines deleted...]
-      <c r="B40" s="549" t="s">
+      <c r="G42" s="561">
+        <v>41445</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="551"/>
+      <c r="B43" s="548" t="s">
         <v>90</v>
       </c>
-      <c r="C40" s="549" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="549" t="s">
+      <c r="C43" s="548" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D43" s="548" t="s">
         <v>282</v>
       </c>
-      <c r="E40" s="561" t="s">
-[...7 lines deleted...]
-      <c r="B41" s="553" t="s">
+      <c r="E43" s="560" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F43" s="547"/>
+      <c r="G43" s="549"/>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="551"/>
+      <c r="B44" s="552" t="s">
         <v>394</v>
       </c>
-      <c r="C41" s="553" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="553" t="s">
+      <c r="C44" s="552" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D44" s="552" t="s">
         <v>96</v>
       </c>
-      <c r="E41" s="554" t="s">
+      <c r="E44" s="553" t="s">
         <v>1754</v>
       </c>
-      <c r="F41" s="555"/>
-[...55 lines deleted...]
-      <c r="G44" s="556"/>
+      <c r="F44" s="554"/>
+      <c r="G44" s="555"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="16" t="s">
         <v>85</v>
       </c>
       <c r="B45" s="11" t="s">
-        <v>1219</v>
-[...1 lines deleted...]
-      <c r="C45" s="363" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C45" s="362" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D45" s="362" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E45" s="363">
+        <v>42504</v>
+      </c>
+      <c r="F45" s="11" t="s">
         <v>1212</v>
       </c>
-      <c r="D45" s="363" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="365">
+      <c r="G45" s="364">
         <v>37763</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="15" customHeight="1">
       <c r="A46" s="16"/>
       <c r="B46" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C46" s="11" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="D46" s="11">
         <v>585</v>
       </c>
       <c r="E46" s="51"/>
       <c r="F46" s="12"/>
       <c r="G46" s="37"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="16"/>
       <c r="B47" s="11" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="11" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="D47" s="11">
         <v>502</v>
       </c>
       <c r="E47" s="51"/>
       <c r="F47" s="12"/>
       <c r="G47" s="37"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="16"/>
       <c r="B48" s="11" t="s">
         <v>94</v>
       </c>
       <c r="C48" s="11" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="D48" s="11">
         <v>300</v>
       </c>
       <c r="E48" s="51"/>
       <c r="F48" s="12"/>
       <c r="G48" s="37"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="16"/>
       <c r="B49" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="C49" s="260" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="260">
+      <c r="C49" s="259" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D49" s="259">
         <v>501</v>
       </c>
       <c r="E49" s="51"/>
       <c r="F49" s="12"/>
       <c r="G49" s="38"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="8" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="12" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="C50" s="11" t="s">
         <v>100</v>
       </c>
       <c r="D50" s="11" t="s">
         <v>101</v>
       </c>
-      <c r="E50" s="239">
+      <c r="E50" s="238">
         <v>40328</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>99</v>
       </c>
       <c r="G50" s="36">
         <v>35546</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="16"/>
       <c r="B51" s="12"/>
       <c r="C51" s="11" t="s">
         <v>102</v>
       </c>
       <c r="D51" s="11" t="s">
         <v>103</v>
       </c>
-      <c r="E51" s="236"/>
+      <c r="E51" s="235"/>
       <c r="F51" s="12"/>
       <c r="G51" s="37">
         <v>35661</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="16"/>
       <c r="B52" s="12"/>
       <c r="C52" s="11" t="s">
         <v>104</v>
       </c>
       <c r="D52" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="E52" s="236"/>
+      <c r="E52" s="235"/>
       <c r="F52" s="12"/>
       <c r="G52" s="36">
         <v>35723</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="16"/>
       <c r="B53" s="15"/>
       <c r="C53" s="14" t="s">
         <v>106</v>
       </c>
       <c r="D53" s="14" t="s">
         <v>107</v>
       </c>
-      <c r="E53" s="238"/>
+      <c r="E53" s="237"/>
       <c r="F53" s="15"/>
       <c r="G53" s="38">
         <v>35595</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="18" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="19" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="9"/>
       <c r="D54" s="9"/>
       <c r="E54" s="20">
         <v>37912</v>
       </c>
       <c r="F54" s="19" t="s">
         <v>110</v>
       </c>
       <c r="G54" s="41"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="16"/>
       <c r="B55" s="12"/>
       <c r="C55" s="11" t="s">
         <v>59</v>
       </c>
       <c r="D55" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="E55" s="236"/>
+      <c r="E55" s="235"/>
       <c r="F55" s="12"/>
       <c r="G55" s="37">
         <v>32885</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="16"/>
       <c r="B56" s="12"/>
       <c r="C56" s="11" t="s">
         <v>111</v>
       </c>
       <c r="D56" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="E56" s="236"/>
+      <c r="E56" s="235"/>
       <c r="F56" s="12"/>
       <c r="G56" s="37">
         <v>33040</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="16"/>
       <c r="B57" s="12"/>
       <c r="C57" s="11" t="s">
         <v>112</v>
       </c>
       <c r="D57" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="E57" s="236"/>
+      <c r="E57" s="235"/>
       <c r="F57" s="12"/>
       <c r="G57" s="37">
         <v>33132</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="16"/>
       <c r="B58" s="12"/>
       <c r="C58" s="11" t="s">
         <v>114</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="E58" s="236"/>
+      <c r="E58" s="235"/>
       <c r="F58" s="12"/>
       <c r="G58" s="37">
         <v>33387</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="15" thickBot="1">
       <c r="A59" s="21"/>
       <c r="B59" s="22"/>
       <c r="C59" s="22"/>
       <c r="D59" s="23" t="s">
         <v>67</v>
       </c>
-      <c r="E59" s="237"/>
+      <c r="E59" s="236"/>
       <c r="F59" s="22"/>
-      <c r="G59" s="249" t="s">
+      <c r="G59" s="248" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="24"/>
       <c r="B60" s="24"/>
       <c r="C60" s="24"/>
       <c r="D60" s="24"/>
       <c r="E60" s="24"/>
       <c r="F60" s="24"/>
       <c r="G60" s="24"/>
     </row>
     <row r="61" spans="1:7">
-      <c r="A61" s="328" t="s">
-        <v>1315</v>
+      <c r="A61" s="327" t="s">
+        <v>1313</v>
       </c>
     </row>
     <row r="62" spans="1:7">
-      <c r="A62" s="329" t="s">
-        <v>1220</v>
+      <c r="A62" s="328" t="s">
+        <v>1218</v>
       </c>
     </row>
     <row r="63" spans="1:7">
-      <c r="A63" s="329" t="s">
-        <v>1454</v>
+      <c r="A63" s="328" t="s">
+        <v>1452</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="78" orientation="portrait" verticalDpi="597" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:J67"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
-      <selection activeCell="B45" sqref="B45"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="18.88671875" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" customWidth="1"/>
     <col min="5" max="5" width="12.44140625" customWidth="1"/>
     <col min="6" max="6" width="15.33203125" customWidth="1"/>
     <col min="7" max="7" width="13.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
-[...3 lines deleted...]
-      <c r="E2" s="606"/>
+      <c r="C2" s="624" t="s">
+        <v>759</v>
+      </c>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickBot="1">
-      <c r="A6" s="167" t="s">
+      <c r="A6" s="166" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="141" t="s">
+      <c r="B6" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="142" t="s">
+      <c r="C6" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="141" t="s">
+      <c r="D6" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="141" t="s">
+      <c r="E6" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="142" t="s">
+      <c r="F6" s="141" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="143" t="s">
+      <c r="G6" s="142" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A7" s="168" t="s">
+      <c r="A7" s="167" t="s">
+        <v>760</v>
+      </c>
+      <c r="B7" s="167" t="s">
+        <v>761</v>
+      </c>
+      <c r="C7" s="316" t="s">
         <v>762</v>
       </c>
-      <c r="B7" s="168" t="s">
+      <c r="D7" s="317" t="s">
         <v>763</v>
       </c>
-      <c r="C7" s="317" t="s">
+      <c r="E7" s="169">
+        <v>41692</v>
+      </c>
+      <c r="F7" s="168" t="s">
         <v>764</v>
       </c>
-      <c r="D7" s="318" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="379">
+      <c r="G7" s="378">
         <v>35458</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A8" s="314" t="s">
-[...11 lines deleted...]
-      <c r="E8" s="316">
+      <c r="A8" s="313" t="s">
+        <v>572</v>
+      </c>
+      <c r="B8" s="314" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C8" s="318" t="s">
+        <v>762</v>
+      </c>
+      <c r="D8" s="319" t="s">
+        <v>763</v>
+      </c>
+      <c r="E8" s="315">
         <v>41838</v>
       </c>
-      <c r="F8" s="315" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="380">
+      <c r="F8" s="314" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G8" s="379">
         <v>35458</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="127" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B9" s="72" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="C9" s="72" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D9" s="72" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="E9" s="171">
+        <v>765</v>
+      </c>
+      <c r="E9" s="170">
         <v>36352</v>
       </c>
       <c r="F9" s="72" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="G9" s="186">
+        <v>766</v>
+      </c>
+      <c r="G9" s="185">
         <v>30001</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A10" s="127" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B10" s="72" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="C10" s="72" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
       <c r="D10" s="72" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="E10" s="172">
+        <v>590</v>
+      </c>
+      <c r="E10" s="171">
         <v>38885</v>
       </c>
       <c r="F10" s="72" t="s">
         <v>48</v>
       </c>
-      <c r="G10" s="186">
+      <c r="G10" s="185">
         <v>32653</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A11" s="127" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="B11" s="72" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="C11" s="72" t="s">
         <v>100</v>
       </c>
       <c r="D11" s="72" t="s">
-        <v>760</v>
-[...1 lines deleted...]
-      <c r="E11" s="172">
+        <v>758</v>
+      </c>
+      <c r="E11" s="171">
         <v>40685</v>
       </c>
       <c r="F11" s="72" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="G11" s="186">
+        <v>772</v>
+      </c>
+      <c r="G11" s="185">
         <v>34599</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A12" s="127" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B12" s="72" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C12" s="72" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D12" s="72" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="E12" s="172">
+        <v>611</v>
+      </c>
+      <c r="E12" s="171">
         <v>38171</v>
       </c>
       <c r="F12" s="72" t="s">
         <v>48</v>
       </c>
-      <c r="G12" s="186">
+      <c r="G12" s="185">
         <v>31823</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A13" s="127" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B13" s="72" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C13" s="72" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D13" s="72" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E13" s="172">
+        <v>573</v>
+      </c>
+      <c r="E13" s="171">
         <v>37177</v>
       </c>
       <c r="F13" s="72" t="s">
         <v>37</v>
       </c>
-      <c r="G13" s="186">
+      <c r="G13" s="185">
         <v>30905</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A14" s="127" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B14" s="72" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="C14" s="72" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D14" s="72" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E14" s="172">
+        <v>573</v>
+      </c>
+      <c r="E14" s="171">
         <v>37031</v>
       </c>
       <c r="F14" s="72" t="s">
         <v>48</v>
       </c>
-      <c r="G14" s="186">
+      <c r="G14" s="185">
         <v>30905</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A15" s="127" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="B15" s="72" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="C15" s="72" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="D15" s="72" t="s">
-        <v>1370</v>
-[...1 lines deleted...]
-      <c r="E15" s="172">
+        <v>1368</v>
+      </c>
+      <c r="E15" s="171">
         <v>44372</v>
       </c>
       <c r="F15" s="72" t="s">
         <v>241</v>
       </c>
-      <c r="G15" s="186">
+      <c r="G15" s="185">
         <v>37994</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="127" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="B16" s="72" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="C16" s="72" t="s">
+        <v>663</v>
+      </c>
+      <c r="D16" s="72" t="s">
         <v>664</v>
       </c>
-      <c r="D16" s="72" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="172">
+      <c r="E16" s="171">
         <v>35148</v>
       </c>
       <c r="F16" s="72" t="s">
         <v>145</v>
       </c>
-      <c r="G16" s="186">
+      <c r="G16" s="185">
         <v>29315</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="299" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E17" s="537">
+    <row r="17" spans="1:7" s="298" customFormat="1" ht="15" customHeight="1">
+      <c r="A17" s="538" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B17" s="569" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C17" s="535" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D17" s="535" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E17" s="536">
         <v>45627</v>
       </c>
-      <c r="F17" s="536" t="s">
+      <c r="F17" s="535" t="s">
         <v>173</v>
       </c>
-      <c r="G17" s="538">
+      <c r="G17" s="537">
         <v>39502</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A18" s="127" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B18" s="72" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="C18" s="72" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="D18" s="72" t="s">
-        <v>1345</v>
-[...1 lines deleted...]
-      <c r="E18" s="172">
+        <v>1343</v>
+      </c>
+      <c r="E18" s="171">
         <v>43624</v>
       </c>
       <c r="F18" s="72" t="s">
-        <v>1335</v>
-[...1 lines deleted...]
-      <c r="G18" s="186">
+        <v>1333</v>
+      </c>
+      <c r="G18" s="185">
         <v>37282</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A19" s="127" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="B19" s="72" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C19" s="72" t="s">
         <v>155</v>
       </c>
       <c r="D19" s="72" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="E19" s="172">
+        <v>783</v>
+      </c>
+      <c r="E19" s="171">
         <v>40321</v>
       </c>
       <c r="F19" s="72" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="G19" s="186">
+        <v>784</v>
+      </c>
+      <c r="G19" s="185">
         <v>34100</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A20" s="127" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B20" s="72" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C20" s="72" t="s">
         <v>411</v>
       </c>
       <c r="D20" s="72" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="E20" s="172">
+        <v>623</v>
+      </c>
+      <c r="E20" s="171">
         <v>35259</v>
       </c>
       <c r="F20" s="72" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="G20" s="186">
+        <v>787</v>
+      </c>
+      <c r="G20" s="185">
         <v>28997</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="127" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="B21" s="72" t="s">
+        <v>788</v>
+      </c>
+      <c r="C21" s="72" t="s">
+        <v>789</v>
+      </c>
+      <c r="D21" s="72" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E21" s="171" t="s">
         <v>790</v>
       </c>
-      <c r="C21" s="72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="72"/>
-      <c r="G21" s="186">
+      <c r="G21" s="185">
         <v>25813</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="127" t="s">
+        <v>791</v>
+      </c>
+      <c r="B22" s="72" t="s">
+        <v>792</v>
+      </c>
+      <c r="C22" s="72" t="s">
         <v>793</v>
       </c>
-      <c r="B22" s="72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" s="72" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="E22" s="172">
+        <v>664</v>
+      </c>
+      <c r="E22" s="171">
         <v>35258</v>
       </c>
       <c r="F22" s="72" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="G22" s="186">
+        <v>787</v>
+      </c>
+      <c r="G22" s="185">
         <v>29138</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="127" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="B23" s="72" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="C23" s="72" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="D23" s="72" t="s">
-        <v>1370</v>
-[...1 lines deleted...]
-      <c r="E23" s="172">
+        <v>1368</v>
+      </c>
+      <c r="E23" s="171">
         <v>44372</v>
       </c>
       <c r="F23" s="72" t="s">
         <v>241</v>
       </c>
-      <c r="G23" s="186">
+      <c r="G23" s="185">
         <v>37994</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="528" customFormat="1" ht="12" customHeight="1">
-[...12 lines deleted...]
-      <c r="E24" s="533">
+    <row r="24" spans="1:7" s="527" customFormat="1" ht="12" customHeight="1">
+      <c r="A24" s="528" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B24" s="529" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C24" s="530" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D24" s="531" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E24" s="532">
         <v>45549</v>
       </c>
-      <c r="F24" s="530" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="534">
+      <c r="F24" s="529" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G24" s="533">
         <v>39901</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A25" s="127" t="s">
         <v>141</v>
       </c>
       <c r="B25" s="72" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C25" s="72" t="s">
         <v>138</v>
       </c>
       <c r="D25" s="72" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="E25" s="172">
+        <v>590</v>
+      </c>
+      <c r="E25" s="171">
         <v>37514</v>
       </c>
       <c r="F25" s="72" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="186">
+      <c r="G25" s="185">
         <v>31307</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="127" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B26" s="72" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="C26" s="72" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D26" s="72" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="E26" s="172">
+        <v>1239</v>
+      </c>
+      <c r="E26" s="171">
         <v>43303</v>
       </c>
       <c r="F26" s="72" t="s">
         <v>371</v>
       </c>
-      <c r="G26" s="186">
+      <c r="G26" s="185">
         <v>37118</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A27" s="127" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="B27" s="72" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="C27" s="72" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D27" s="72" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="E27" s="172">
+        <v>1239</v>
+      </c>
+      <c r="E27" s="171">
         <v>43177</v>
       </c>
       <c r="F27" s="72" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="G27" s="186">
+        <v>1321</v>
+      </c>
+      <c r="G27" s="185">
         <v>37118</v>
       </c>
     </row>
     <row r="28" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A28" s="127" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="B28" s="72" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="C28" s="72" t="s">
         <v>138</v>
       </c>
       <c r="D28" s="72" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="E28" s="172">
+        <v>590</v>
+      </c>
+      <c r="E28" s="171">
         <v>37549</v>
       </c>
       <c r="F28" s="72" t="s">
         <v>144</v>
       </c>
-      <c r="G28" s="186">
+      <c r="G28" s="185">
         <v>31307</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A29" s="127" t="s">
         <v>46</v>
       </c>
       <c r="B29" s="72" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="C29" s="72" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="D29" s="72" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E29" s="172">
+        <v>573</v>
+      </c>
+      <c r="E29" s="171">
         <v>30825</v>
       </c>
       <c r="F29" s="72" t="s">
         <v>465</v>
       </c>
-      <c r="G29" s="186" t="s">
-        <v>801</v>
+      <c r="G29" s="185" t="s">
+        <v>799</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A30" s="127" t="s">
         <v>54</v>
       </c>
       <c r="B30" s="72" t="s">
+        <v>800</v>
+      </c>
+      <c r="C30" s="72" t="s">
+        <v>801</v>
+      </c>
+      <c r="D30" s="72" t="s">
         <v>802</v>
       </c>
-      <c r="C30" s="72" t="s">
+      <c r="E30" s="171" t="s">
+        <v>66</v>
+      </c>
+      <c r="F30" s="72" t="s">
         <v>803</v>
       </c>
-      <c r="D30" s="72" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="186"/>
+      <c r="G30" s="185"/>
     </row>
     <row r="31" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="127" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="B31" s="72" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="C31" s="72" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="D31" s="72" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="E31" s="129">
         <v>43653</v>
       </c>
       <c r="F31" s="72" t="s">
-        <v>1239</v>
-[...1 lines deleted...]
-      <c r="G31" s="186">
+        <v>1237</v>
+      </c>
+      <c r="G31" s="185">
         <v>37727</v>
       </c>
     </row>
     <row r="32" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A32" s="418" t="s">
+      <c r="A32" s="417" t="s">
         <v>49</v>
       </c>
-      <c r="B32" s="475" t="s">
-[...8 lines deleted...]
-      <c r="E32" s="474">
+      <c r="B32" s="474" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C32" s="178" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D32" s="178" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E32" s="473">
         <v>44724</v>
       </c>
-      <c r="F32" s="179" t="s">
+      <c r="F32" s="178" t="s">
         <v>241</v>
       </c>
-      <c r="G32" s="446">
+      <c r="G32" s="445">
         <v>38635</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A33" s="127" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="B33" s="72" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="C33" s="72" t="s">
         <v>163</v>
       </c>
       <c r="D33" s="72" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="E33" s="172">
+        <v>692</v>
+      </c>
+      <c r="E33" s="171">
         <v>36456</v>
       </c>
       <c r="F33" s="72" t="s">
         <v>173</v>
       </c>
-      <c r="G33" s="186">
+      <c r="G33" s="185">
         <v>30272</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="127" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="B34" s="72" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="C34" s="72" t="s">
+        <v>694</v>
+      </c>
+      <c r="D34" s="72" t="s">
         <v>695</v>
       </c>
-      <c r="D34" s="72" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="172">
+      <c r="E34" s="171">
         <v>25333</v>
       </c>
       <c r="F34" s="72" t="s">
         <v>145</v>
       </c>
-      <c r="G34" s="186">
+      <c r="G34" s="185">
         <v>19214</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A35" s="127" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="B35" s="72" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="C35" s="72" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="72" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E35" s="172">
+        <v>573</v>
+      </c>
+      <c r="E35" s="171">
         <v>41013</v>
       </c>
       <c r="F35" s="72" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="G35" s="186">
+        <v>812</v>
+      </c>
+      <c r="G35" s="185">
         <v>34981</v>
       </c>
     </row>
     <row r="36" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="127" t="s">
+        <v>813</v>
+      </c>
+      <c r="B36" s="72" t="s">
+        <v>814</v>
+      </c>
+      <c r="C36" s="72" t="s">
+        <v>567</v>
+      </c>
+      <c r="D36" s="72" t="s">
+        <v>568</v>
+      </c>
+      <c r="E36" s="171" t="s">
         <v>815</v>
-      </c>
-[...10 lines deleted...]
-        <v>817</v>
       </c>
       <c r="F36" s="72" t="s">
         <v>27</v>
       </c>
-      <c r="G36" s="186">
+      <c r="G36" s="185">
         <v>25277</v>
       </c>
     </row>
     <row r="37" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="127" t="s">
+        <v>816</v>
+      </c>
+      <c r="B37" s="72" t="s">
+        <v>817</v>
+      </c>
+      <c r="C37" s="72" t="s">
         <v>818</v>
       </c>
-      <c r="B37" s="72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="72" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="E37" s="172">
+        <v>689</v>
+      </c>
+      <c r="E37" s="171">
         <v>28981</v>
       </c>
       <c r="F37" s="72" t="s">
         <v>48</v>
       </c>
-      <c r="G37" s="186">
+      <c r="G37" s="185">
         <v>22867</v>
       </c>
     </row>
     <row r="38" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A38" s="127" t="s">
+        <v>819</v>
+      </c>
+      <c r="B38" s="72" t="s">
+        <v>820</v>
+      </c>
+      <c r="C38" s="72" t="s">
         <v>821</v>
       </c>
-      <c r="B38" s="72" t="s">
+      <c r="D38" s="72" t="s">
         <v>822</v>
       </c>
-      <c r="C38" s="72" t="s">
-[...5 lines deleted...]
-      <c r="E38" s="172">
+      <c r="E38" s="171">
         <v>38191</v>
       </c>
       <c r="F38" s="72" t="s">
         <v>274</v>
       </c>
-      <c r="G38" s="186">
+      <c r="G38" s="185">
         <v>31861</v>
       </c>
     </row>
     <row r="39" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A39" s="127" t="s">
+        <v>823</v>
+      </c>
+      <c r="B39" s="72" t="s">
+        <v>824</v>
+      </c>
+      <c r="C39" s="72" t="s">
+        <v>821</v>
+      </c>
+      <c r="D39" s="72" t="s">
+        <v>822</v>
+      </c>
+      <c r="E39" s="171">
+        <v>38130</v>
+      </c>
+      <c r="F39" s="72" t="s">
         <v>825</v>
       </c>
-      <c r="B39" s="72" t="s">
+      <c r="G39" s="185">
+        <v>31861</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="297" customFormat="1" ht="15" customHeight="1">
+      <c r="A40" s="534" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B40" s="535" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C40" s="535" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D40" s="535" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E40" s="536">
+        <v>45627</v>
+      </c>
+      <c r="F40" s="535" t="s">
+        <v>173</v>
+      </c>
+      <c r="G40" s="537">
+        <v>39502</v>
+      </c>
+      <c r="J40" s="65"/>
+    </row>
+    <row r="41" spans="1:10" s="297" customFormat="1" ht="15" customHeight="1">
+      <c r="A41" s="523"/>
+      <c r="B41" s="538" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C41" s="538" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D41" s="538" t="s">
+        <v>176</v>
+      </c>
+      <c r="E41" s="539" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F41" s="540"/>
+      <c r="G41" s="541"/>
+      <c r="J41" s="65"/>
+    </row>
+    <row r="42" spans="1:10" s="297" customFormat="1" ht="15" customHeight="1">
+      <c r="A42" s="523"/>
+      <c r="B42" s="538" t="s">
+        <v>397</v>
+      </c>
+      <c r="C42" s="538" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D42" s="538" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E42" s="539" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F42" s="540"/>
+      <c r="G42" s="541"/>
+      <c r="J42" s="65"/>
+    </row>
+    <row r="43" spans="1:10" s="297" customFormat="1" ht="15" customHeight="1">
+      <c r="A43" s="542"/>
+      <c r="B43" s="543" t="s">
+        <v>96</v>
+      </c>
+      <c r="C43" s="543" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D43" s="544"/>
+      <c r="E43" s="545"/>
+      <c r="F43" s="544"/>
+      <c r="G43" s="546"/>
+      <c r="J43" s="65"/>
+    </row>
+    <row r="44" spans="1:10" s="298" customFormat="1" ht="15" customHeight="1">
+      <c r="A44" s="414" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B44" s="178" t="s">
         <v>826</v>
       </c>
-      <c r="C39" s="72" t="s">
-[...8 lines deleted...]
-      <c r="F39" s="72" t="s">
+      <c r="C44" s="178" t="s">
         <v>827</v>
       </c>
-      <c r="G39" s="186">
-[...81 lines deleted...]
-      <c r="B44" s="179" t="s">
+      <c r="D44" s="178" t="s">
+        <v>573</v>
+      </c>
+      <c r="E44" s="473">
+        <v>33419</v>
+      </c>
+      <c r="F44" s="178" t="s">
         <v>828</v>
       </c>
-      <c r="C44" s="179" t="s">
-[...11 lines deleted...]
-      <c r="G44" s="446">
+      <c r="G44" s="445">
         <v>27087</v>
       </c>
       <c r="J44" s="65"/>
     </row>
     <row r="45" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A45" s="83" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B45" s="75" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C45" s="75" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D45" s="75" t="s">
         <v>1272</v>
-      </c>
-[...4 lines deleted...]
-        <v>1274</v>
       </c>
       <c r="E45" s="79">
         <v>39606</v>
       </c>
       <c r="F45" s="75" t="s">
         <v>136</v>
       </c>
-      <c r="G45" s="205">
+      <c r="G45" s="204">
         <v>33417</v>
       </c>
     </row>
     <row r="46" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A46" s="83"/>
       <c r="B46" s="75" t="s">
         <v>205</v>
       </c>
       <c r="C46" s="75" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
       <c r="D46" s="75"/>
       <c r="E46" s="79" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="F46" s="75" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="G46" s="205"/>
+        <v>1274</v>
+      </c>
+      <c r="G46" s="204"/>
     </row>
     <row r="47" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A47" s="78"/>
       <c r="B47" s="75" t="s">
         <v>285</v>
       </c>
       <c r="C47" s="75" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="D47" s="75"/>
       <c r="E47" s="79" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="F47" s="75" t="s">
-        <v>1278</v>
-[...1 lines deleted...]
-      <c r="G47" s="205"/>
+        <v>1276</v>
+      </c>
+      <c r="G47" s="204"/>
     </row>
     <row r="48" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A48" s="78"/>
       <c r="B48" s="75" t="s">
         <v>394</v>
       </c>
       <c r="C48" s="75" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="D48" s="75"/>
       <c r="E48" s="79" t="s">
         <v>176</v>
       </c>
       <c r="F48" s="75" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="G48" s="205"/>
+        <v>1278</v>
+      </c>
+      <c r="G48" s="204"/>
     </row>
     <row r="49" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A49" s="78"/>
       <c r="B49" s="75" t="s">
         <v>282</v>
       </c>
       <c r="C49" s="75" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="D49" s="75"/>
       <c r="E49" s="79" t="s">
         <v>399</v>
       </c>
       <c r="F49" s="75" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="G49" s="205"/>
+        <v>1280</v>
+      </c>
+      <c r="G49" s="204"/>
     </row>
     <row r="50" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A50" s="78"/>
       <c r="B50" s="75" t="s">
         <v>416</v>
       </c>
       <c r="C50" s="75" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="D50" s="75"/>
       <c r="E50" s="79" t="s">
         <v>96</v>
       </c>
       <c r="F50" s="75" t="s">
-        <v>1284</v>
-[...1 lines deleted...]
-      <c r="G50" s="205"/>
+        <v>1282</v>
+      </c>
+      <c r="G50" s="204"/>
     </row>
     <row r="51" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A51" s="83" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="B51" s="97" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="C51" s="84"/>
       <c r="D51" s="84"/>
       <c r="E51" s="86">
         <v>26832</v>
       </c>
       <c r="F51" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="G51" s="203"/>
+      <c r="G51" s="202"/>
     </row>
     <row r="52" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A52" s="78"/>
       <c r="B52" s="75"/>
       <c r="C52" s="75" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="D52" s="75"/>
       <c r="E52" s="79"/>
       <c r="F52" s="75"/>
-      <c r="G52" s="205"/>
+      <c r="G52" s="204"/>
     </row>
     <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A53" s="78"/>
       <c r="B53" s="75"/>
       <c r="C53" s="75" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="D53" s="75"/>
       <c r="E53" s="79"/>
       <c r="F53" s="75"/>
-      <c r="G53" s="205"/>
+      <c r="G53" s="204"/>
     </row>
     <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A54" s="78"/>
       <c r="B54" s="75"/>
       <c r="C54" s="75" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="D54" s="75"/>
       <c r="E54" s="79"/>
       <c r="F54" s="75"/>
-      <c r="G54" s="205"/>
+      <c r="G54" s="204"/>
     </row>
     <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A55" s="66"/>
       <c r="B55" s="67"/>
       <c r="C55" s="67" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="D55" s="67" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="E55" s="68"/>
       <c r="F55" s="67"/>
-      <c r="G55" s="190"/>
+      <c r="G55" s="189"/>
     </row>
     <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A56" s="78" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="B56" s="75" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="C56" s="75"/>
       <c r="D56" s="75"/>
       <c r="E56" s="79">
         <v>35971</v>
       </c>
       <c r="F56" s="75" t="s">
         <v>48</v>
       </c>
-      <c r="G56" s="205"/>
+      <c r="G56" s="204"/>
     </row>
     <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A57" s="78"/>
       <c r="B57" s="75"/>
       <c r="C57" s="75" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="D57" s="75" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="E57" s="79"/>
       <c r="F57" s="75"/>
-      <c r="G57" s="205">
+      <c r="G57" s="204">
         <v>30172</v>
       </c>
     </row>
     <row r="58" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A58" s="78"/>
       <c r="B58" s="75"/>
       <c r="C58" s="75" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="D58" s="75" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="E58" s="79"/>
       <c r="F58" s="75"/>
-      <c r="G58" s="205">
+      <c r="G58" s="204">
         <v>29800</v>
       </c>
     </row>
     <row r="59" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A59" s="78"/>
       <c r="B59" s="75"/>
       <c r="C59" s="75" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="D59" s="75" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="E59" s="79"/>
       <c r="F59" s="75"/>
-      <c r="G59" s="205">
+      <c r="G59" s="204">
         <v>30055</v>
       </c>
     </row>
     <row r="60" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
-      <c r="A60" s="137"/>
+      <c r="A60" s="136"/>
       <c r="B60" s="104"/>
       <c r="C60" s="104" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="D60" s="104" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="E60" s="103"/>
       <c r="F60" s="104"/>
-      <c r="G60" s="381">
+      <c r="G60" s="380">
         <v>29759</v>
       </c>
     </row>
     <row r="61" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1">
       <c r="A61" s="90"/>
-      <c r="B61" s="139"/>
-[...4 lines deleted...]
-      <c r="G61" s="139"/>
+      <c r="B61" s="138"/>
+      <c r="C61" s="138"/>
+      <c r="D61" s="138"/>
+      <c r="E61" s="138"/>
+      <c r="F61" s="138"/>
+      <c r="G61" s="138"/>
     </row>
     <row r="62" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="65" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="66" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="67" spans="1:7">
       <c r="A67" s="65"/>
       <c r="B67" s="65"/>
       <c r="C67" s="65"/>
       <c r="D67" s="65"/>
       <c r="E67" s="65"/>
       <c r="F67" s="65"/>
       <c r="G67" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H68"/>
   <sheetViews>
-    <sheetView topLeftCell="A19" workbookViewId="0">
-      <selection activeCell="A24" sqref="A24"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="17.88671875" customWidth="1"/>
     <col min="3" max="3" width="19.5546875" customWidth="1"/>
     <col min="5" max="5" width="14.88671875" style="60" customWidth="1"/>
     <col min="6" max="6" width="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="36">
-      <c r="C1" s="173" t="s">
+      <c r="C1" s="172" t="s">
         <v>300</v>
       </c>
-      <c r="D1" s="173"/>
-      <c r="E1" s="409"/>
+      <c r="D1" s="172"/>
+      <c r="E1" s="408"/>
     </row>
     <row r="2" spans="1:8" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E2" s="208"/>
+      <c r="E2" s="207"/>
     </row>
     <row r="3" spans="1:8" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E3" s="208"/>
+      <c r="E3" s="207"/>
       <c r="F3" s="105" t="s">
         <v>1</v>
       </c>
-      <c r="G3" s="174">
-        <v>46022</v>
+      <c r="G3" s="173">
+        <v>46387</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="65" customFormat="1" ht="10.8" thickBot="1">
-      <c r="E4" s="208"/>
-      <c r="G4" s="175"/>
+      <c r="E4" s="207"/>
+      <c r="G4" s="174"/>
     </row>
     <row r="5" spans="1:8" s="65" customFormat="1" ht="11.4" thickTop="1">
       <c r="A5" s="62" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="63" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="64" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="63" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="410" t="s">
+      <c r="E5" s="409" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="G5" s="327" t="s">
+      <c r="G5" s="326" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A6" s="127" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>1419</v>
+      </c>
+      <c r="B6" s="365" t="s">
+        <v>1208</v>
       </c>
       <c r="C6" s="72" t="s">
+        <v>762</v>
+      </c>
+      <c r="D6" s="72" t="s">
+        <v>763</v>
+      </c>
+      <c r="E6" s="410">
+        <v>42413</v>
+      </c>
+      <c r="F6" s="76" t="s">
         <v>764</v>
-      </c>
-[...7 lines deleted...]
-        <v>766</v>
       </c>
       <c r="G6" s="119">
         <v>35458</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A7" s="127" t="s">
         <v>205</v>
       </c>
       <c r="B7" s="72" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="C7" s="128" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D7" s="128" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="E7" s="412">
+        <v>763</v>
+      </c>
+      <c r="E7" s="411">
         <v>42182</v>
       </c>
       <c r="F7" s="72" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="G7" s="118">
         <v>35458</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A8" s="78" t="s">
         <v>284</v>
       </c>
       <c r="B8" s="75" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="C8" s="75" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D8" s="75" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="E8" s="204">
+        <v>765</v>
+      </c>
+      <c r="E8" s="203">
         <v>37080</v>
       </c>
       <c r="F8" s="75" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="G8" s="124">
         <v>30001</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="83" t="s">
         <v>416</v>
       </c>
       <c r="B9" s="84" t="s">
+        <v>849</v>
+      </c>
+      <c r="C9" s="84" t="s">
+        <v>850</v>
+      </c>
+      <c r="D9" s="84" t="s">
         <v>851</v>
       </c>
-      <c r="C9" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="385">
+      <c r="E9" s="384">
         <v>30850</v>
       </c>
       <c r="F9" s="84" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="69">
         <v>23873</v>
       </c>
-      <c r="H9" s="472" t="s">
-        <v>1595</v>
+      <c r="H9" s="471" t="s">
+        <v>1593</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A10" s="83" t="s">
         <v>286</v>
       </c>
       <c r="B10" s="84" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="C10" s="128" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D10" s="128" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E10" s="385">
+        <v>573</v>
+      </c>
+      <c r="E10" s="384">
         <v>37444</v>
       </c>
       <c r="F10" s="84" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="G10" s="118">
         <v>30905</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A11" s="127" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B11" s="128" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C11" s="128" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D11" s="128" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E11" s="392">
+        <v>573</v>
+      </c>
+      <c r="E11" s="391">
         <v>37177</v>
       </c>
       <c r="F11" s="128" t="s">
         <v>37</v>
       </c>
       <c r="G11" s="118">
         <v>30905</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A12" s="78" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B12" s="75" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="C12" s="75" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D12" s="75" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="E12" s="204">
+        <v>611</v>
+      </c>
+      <c r="E12" s="203">
         <v>38877</v>
       </c>
       <c r="F12" s="75" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="G12" s="124">
         <v>31823</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A13" s="83" t="s">
         <v>429</v>
       </c>
       <c r="B13" s="84" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C13" s="84" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D13" s="84" t="s">
         <v>1409</v>
       </c>
-      <c r="C13" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="385">
+      <c r="E13" s="384">
         <v>44100</v>
       </c>
       <c r="F13" s="84" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="G13" s="69">
         <v>37120</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A14" s="83" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="B14" s="84" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="C14" s="84" t="s">
+        <v>856</v>
+      </c>
+      <c r="D14" s="84" t="s">
+        <v>857</v>
+      </c>
+      <c r="E14" s="384" t="s">
         <v>858</v>
-      </c>
-[...4 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F14" s="84"/>
       <c r="G14" s="111"/>
     </row>
     <row r="15" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A15" s="418" t="s">
-[...5 lines deleted...]
-      <c r="C15" s="419" t="s">
+      <c r="A15" s="417" t="s">
+        <v>861</v>
+      </c>
+      <c r="B15" s="418" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C15" s="418" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D15" s="418" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E15" s="419">
+        <v>43898</v>
+      </c>
+      <c r="F15" s="418" t="s">
         <v>1403</v>
       </c>
-      <c r="D15" s="419" t="s">
-[...8 lines deleted...]
-      <c r="G15" s="421">
+      <c r="G15" s="420">
         <v>37168</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="83" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B16" s="84" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C16" s="84" t="s">
         <v>308</v>
       </c>
       <c r="D16" s="84" t="s">
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="E16" s="385">
+        <v>864</v>
+      </c>
+      <c r="E16" s="384">
         <v>36281</v>
       </c>
       <c r="F16" s="84" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="G16" s="111">
         <v>29413</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A17" s="83" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="B17" s="84" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="C17" s="84" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D17" s="84" t="s">
-        <v>1333</v>
-[...1 lines deleted...]
-      <c r="E17" s="385">
+        <v>1331</v>
+      </c>
+      <c r="E17" s="384">
         <v>43520</v>
       </c>
       <c r="F17" s="84" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="G17" s="111">
         <v>36840</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A18" s="83" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="B18" s="84" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="C18" s="84" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D18" s="84" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E18" s="384">
+        <v>43394</v>
+      </c>
+      <c r="F18" s="84" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="G18" s="111">
         <v>36840</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A19" s="127" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="B19" s="128" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="C19" s="128" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D19" s="128" t="s">
-        <v>1333</v>
-[...1 lines deleted...]
-      <c r="E19" s="392">
+        <v>1331</v>
+      </c>
+      <c r="E19" s="391">
         <v>43604</v>
       </c>
       <c r="F19" s="128" t="s">
-        <v>1415</v>
-[...1 lines deleted...]
-      <c r="G19" s="393">
+        <v>1413</v>
+      </c>
+      <c r="G19" s="392">
         <v>36840</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A20" s="83" t="s">
         <v>463</v>
       </c>
       <c r="B20" s="84" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="C20" s="84" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="D20" s="84" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="E20" s="385">
+        <v>757</v>
+      </c>
+      <c r="E20" s="384">
         <v>41413</v>
       </c>
       <c r="F20" s="84" t="s">
         <v>239</v>
       </c>
       <c r="G20" s="111">
         <v>34502</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="83" t="s">
+        <v>867</v>
+      </c>
+      <c r="B21" s="84" t="s">
+        <v>868</v>
+      </c>
+      <c r="C21" s="84" t="s">
         <v>869</v>
       </c>
-      <c r="B21" s="84" t="s">
+      <c r="D21" s="84" t="s">
         <v>870</v>
       </c>
-      <c r="C21" s="84" t="s">
+      <c r="E21" s="384" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>873</v>
       </c>
       <c r="F21" s="84"/>
       <c r="G21" s="111">
         <v>22371</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="83" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B22" s="84" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="C22" s="84" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="D22" s="84" t="s">
-        <v>1370</v>
-[...1 lines deleted...]
-      <c r="E22" s="385">
+        <v>1368</v>
+      </c>
+      <c r="E22" s="384">
         <v>44734</v>
       </c>
       <c r="F22" s="84" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="G22" s="111">
         <v>37994</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A23" s="415" t="s">
-[...11 lines deleted...]
-      <c r="E23" s="416">
+      <c r="A23" s="414" t="s">
+        <v>953</v>
+      </c>
+      <c r="B23" s="178" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C23" s="178" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D23" s="178" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E23" s="415">
         <v>43848</v>
       </c>
-      <c r="F23" s="179" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="417">
+      <c r="F23" s="178" t="s">
+        <v>764</v>
+      </c>
+      <c r="G23" s="416">
         <v>37118</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="65" customFormat="1" ht="14.25" customHeight="1">
       <c r="A24" s="127" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="B24" s="72" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="C24" s="72" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D24" s="72" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="E24" s="73">
         <v>44056</v>
       </c>
       <c r="F24" s="72" t="s">
-        <v>1204</v>
-[...1 lines deleted...]
-      <c r="G24" s="393">
+        <v>1202</v>
+      </c>
+      <c r="G24" s="392">
         <v>37118</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A25" s="83" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="B25" s="84" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="C25" s="72" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D25" s="72" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="E25" s="385">
+        <v>1239</v>
+      </c>
+      <c r="E25" s="384">
         <v>43653</v>
       </c>
       <c r="F25" s="84" t="s">
-        <v>1239</v>
-[...1 lines deleted...]
-      <c r="G25" s="393">
+        <v>1237</v>
+      </c>
+      <c r="G25" s="392">
         <v>37118</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="83" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B26" s="84" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="C26" s="72" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D26" s="72" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="E26" s="385">
+        <v>1239</v>
+      </c>
+      <c r="E26" s="384">
         <v>44108</v>
       </c>
       <c r="F26" s="84" t="s">
         <v>37</v>
       </c>
-      <c r="G26" s="393">
+      <c r="G26" s="392">
         <v>37118</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A27" s="83" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="84" t="s">
+        <v>875</v>
+      </c>
+      <c r="C27" s="84" t="s">
+        <v>876</v>
+      </c>
+      <c r="D27" s="84" t="s">
+        <v>757</v>
+      </c>
+      <c r="E27" s="384">
+        <v>31182</v>
+      </c>
+      <c r="F27" s="84" t="s">
         <v>877</v>
-      </c>
-[...10 lines deleted...]
-        <v>879</v>
       </c>
       <c r="G27" s="111"/>
     </row>
     <row r="28" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A28" s="83" t="s">
         <v>54</v>
       </c>
       <c r="B28" s="84" t="s">
+        <v>878</v>
+      </c>
+      <c r="C28" s="84" t="s">
+        <v>879</v>
+      </c>
+      <c r="D28" s="84" t="s">
         <v>880</v>
       </c>
-      <c r="C28" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="385">
+      <c r="E28" s="384">
         <v>34867</v>
       </c>
       <c r="F28" s="84" t="s">
         <v>32</v>
       </c>
       <c r="G28" s="111">
         <v>27972</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A29" s="83" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="84" t="s">
+        <v>881</v>
+      </c>
+      <c r="C29" s="84" t="s">
+        <v>882</v>
+      </c>
+      <c r="D29" s="84" t="s">
         <v>883</v>
       </c>
-      <c r="C29" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="385">
+      <c r="E29" s="384">
         <v>41448</v>
       </c>
       <c r="F29" s="84" t="s">
         <v>236</v>
       </c>
       <c r="G29" s="111">
         <v>34629</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A30" s="127" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="B30" s="128" t="s">
-        <v>1727</v>
-[...2 lines deleted...]
-        <v>1728</v>
+        <v>1724</v>
+      </c>
+      <c r="C30" s="338" t="s">
+        <v>1725</v>
       </c>
       <c r="D30" s="128" t="s">
-        <v>1435</v>
-[...1 lines deleted...]
-      <c r="E30" s="392">
+        <v>1433</v>
+      </c>
+      <c r="E30" s="391">
         <v>45450</v>
       </c>
       <c r="F30" s="128" t="s">
         <v>315</v>
       </c>
-      <c r="G30" s="519">
+      <c r="G30" s="518">
         <v>38635</v>
       </c>
     </row>
     <row r="31" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="83" t="s">
+        <v>886</v>
+      </c>
+      <c r="B31" s="84" t="s">
+        <v>887</v>
+      </c>
+      <c r="C31" s="84" t="s">
+        <v>634</v>
+      </c>
+      <c r="D31" s="84" t="s">
         <v>888</v>
       </c>
-      <c r="B31" s="84" t="s">
+      <c r="E31" s="384">
+        <v>40362</v>
+      </c>
+      <c r="F31" s="84" t="s">
         <v>889</v>
-      </c>
-[...10 lines deleted...]
-        <v>891</v>
       </c>
       <c r="G31" s="111">
         <v>33376</v>
       </c>
     </row>
     <row r="32" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="83" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B32" s="84" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C32" s="84" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="D32" s="84" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="E32" s="385">
+        <v>888</v>
+      </c>
+      <c r="E32" s="384">
         <v>40321</v>
       </c>
       <c r="F32" s="84" t="s">
         <v>239</v>
       </c>
       <c r="G32" s="111">
         <v>33376</v>
       </c>
     </row>
     <row r="33" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A33" s="83" t="s">
+        <v>892</v>
+      </c>
+      <c r="B33" s="84" t="s">
+        <v>893</v>
+      </c>
+      <c r="C33" s="84" t="s">
         <v>894</v>
       </c>
-      <c r="B33" s="84" t="s">
+      <c r="D33" s="84" t="s">
         <v>895</v>
       </c>
-      <c r="C33" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="385">
+      <c r="E33" s="384">
         <v>22562</v>
       </c>
       <c r="F33" s="84" t="s">
         <v>145</v>
       </c>
       <c r="G33" s="111">
         <v>15533</v>
       </c>
     </row>
     <row r="34" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="83" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B34" s="84" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C34" s="84" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="D34" s="84" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="E34" s="385">
+        <v>895</v>
+      </c>
+      <c r="E34" s="384">
         <v>22555</v>
       </c>
       <c r="F34" s="84" t="s">
         <v>145</v>
       </c>
       <c r="G34" s="111">
         <v>15533</v>
       </c>
     </row>
     <row r="35" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A35" s="83" t="s">
+        <v>898</v>
+      </c>
+      <c r="B35" s="84" t="s">
+        <v>899</v>
+      </c>
+      <c r="C35" s="84" t="s">
         <v>900</v>
       </c>
-      <c r="B35" s="84" t="s">
+      <c r="D35" s="84" t="s">
         <v>901</v>
       </c>
-      <c r="C35" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="385">
+      <c r="E35" s="384">
         <v>41693</v>
       </c>
       <c r="F35" s="84" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="G35" s="111">
         <v>35019</v>
       </c>
     </row>
     <row r="36" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="127" t="s">
+        <v>902</v>
+      </c>
+      <c r="B36" s="128" t="s">
+        <v>903</v>
+      </c>
+      <c r="C36" s="128" t="s">
         <v>904</v>
       </c>
-      <c r="B36" s="128" t="s">
+      <c r="D36" s="128" t="s">
         <v>905</v>
       </c>
-      <c r="C36" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="392">
+      <c r="E36" s="391">
         <v>24033</v>
       </c>
       <c r="F36" s="128" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="G36" s="131">
         <v>16805</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="66" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="B37" s="67" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="C37" s="67" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="D37" s="67" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="E37" s="109">
         <v>38535</v>
       </c>
       <c r="F37" s="67" t="s">
         <v>262</v>
       </c>
       <c r="G37" s="119">
         <v>31861</v>
       </c>
     </row>
     <row r="38" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A38" s="83" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B38" s="67" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="C38" s="67" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="D38" s="67" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="E38" s="109">
         <v>38480</v>
       </c>
       <c r="F38" s="67" t="s">
         <v>37</v>
       </c>
       <c r="G38" s="119">
         <v>31861</v>
       </c>
     </row>
     <row r="39" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A39" s="97" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B39" s="75" t="s">
-        <v>1699</v>
-[...7 lines deleted...]
-      <c r="E39" s="511">
+        <v>1697</v>
+      </c>
+      <c r="C39" s="474" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D39" s="474" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E39" s="510">
         <v>44892</v>
       </c>
       <c r="F39" s="97" t="s">
         <v>173</v>
       </c>
-      <c r="G39" s="512">
+      <c r="G39" s="511">
         <v>38635</v>
       </c>
     </row>
     <row r="40" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A40" s="75"/>
       <c r="B40" s="75" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="C40" s="75" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="D40" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="E40" s="473" t="s">
-        <v>1701</v>
+      <c r="E40" s="472" t="s">
+        <v>1699</v>
       </c>
       <c r="F40" s="75"/>
       <c r="G40" s="124"/>
     </row>
     <row r="41" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A41" s="75"/>
       <c r="B41" s="75" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="C41" s="75" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
       <c r="D41" s="75" t="s">
         <v>176</v>
       </c>
-      <c r="E41" s="473" t="s">
-        <v>1703</v>
+      <c r="E41" s="472" t="s">
+        <v>1701</v>
       </c>
       <c r="F41" s="75"/>
       <c r="G41" s="124"/>
     </row>
     <row r="42" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A42" s="75"/>
       <c r="B42" s="75" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="75" t="s">
-        <v>1704</v>
+        <v>1702</v>
       </c>
       <c r="D42" s="75"/>
-      <c r="E42" s="204"/>
+      <c r="E42" s="203"/>
       <c r="F42" s="75"/>
       <c r="G42" s="124"/>
     </row>
     <row r="43" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A43" s="84" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B43" s="97" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C43" s="84" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D43" s="84" t="s">
+        <v>561</v>
+      </c>
+      <c r="E43" s="384">
+        <v>42770</v>
+      </c>
+      <c r="F43" s="84" t="s">
         <v>1298</v>
       </c>
-      <c r="B43" s="97" t="s">
-[...14 lines deleted...]
-      <c r="G43" s="331">
+      <c r="G43" s="330">
         <v>36015</v>
       </c>
     </row>
     <row r="44" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A44" s="75"/>
       <c r="B44" s="75" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="C44" s="75" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="D44" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="E44" s="204" t="s">
-        <v>1303</v>
+      <c r="E44" s="203" t="s">
+        <v>1301</v>
       </c>
       <c r="F44" s="75"/>
       <c r="G44" s="124"/>
     </row>
     <row r="45" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A45" s="75"/>
       <c r="B45" s="75" t="s">
         <v>394</v>
       </c>
       <c r="C45" s="75" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="D45" s="75" t="s">
         <v>202</v>
       </c>
-      <c r="E45" s="204" t="s">
-        <v>1305</v>
+      <c r="E45" s="203" t="s">
+        <v>1303</v>
       </c>
       <c r="F45" s="75"/>
       <c r="G45" s="124"/>
     </row>
     <row r="46" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A46" s="75"/>
       <c r="B46" s="75" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="C46" s="75" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="D46" s="75" t="s">
         <v>176</v>
       </c>
-      <c r="E46" s="204" t="s">
-        <v>1308</v>
+      <c r="E46" s="203" t="s">
+        <v>1306</v>
       </c>
       <c r="F46" s="75"/>
       <c r="G46" s="124"/>
     </row>
     <row r="47" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A47" s="67"/>
       <c r="B47" s="75" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="75" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="D47" s="75"/>
-      <c r="E47" s="204"/>
+      <c r="E47" s="203"/>
       <c r="F47" s="75"/>
       <c r="G47" s="124"/>
     </row>
     <row r="48" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A48" s="158" t="s">
-        <v>978</v>
+      <c r="A48" s="157" t="s">
+        <v>976</v>
       </c>
       <c r="B48" s="84" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="C48" s="84" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="D48" s="84" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="E48" s="385">
+        <v>561</v>
+      </c>
+      <c r="E48" s="384">
         <v>42903</v>
       </c>
       <c r="F48" s="84" t="s">
-        <v>1259</v>
-[...1 lines deleted...]
-      <c r="G48" s="331">
+        <v>1257</v>
+      </c>
+      <c r="G48" s="330">
         <v>36015</v>
       </c>
     </row>
     <row r="49" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A49" s="158"/>
+      <c r="A49" s="157"/>
       <c r="B49" s="75" t="s">
         <v>205</v>
       </c>
       <c r="C49" s="75" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="D49" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="E49" s="413" t="s">
-        <v>1262</v>
+      <c r="E49" s="412" t="s">
+        <v>1260</v>
       </c>
       <c r="F49" s="75"/>
-      <c r="G49" s="162"/>
+      <c r="G49" s="161"/>
     </row>
     <row r="50" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A50" s="158"/>
+      <c r="A50" s="157"/>
       <c r="B50" s="75" t="s">
         <v>394</v>
       </c>
       <c r="C50" s="82" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="D50" s="75" t="s">
         <v>202</v>
       </c>
-      <c r="E50" s="414" t="s">
-        <v>1264</v>
+      <c r="E50" s="413" t="s">
+        <v>1262</v>
       </c>
       <c r="F50" s="75"/>
-      <c r="G50" s="162"/>
+      <c r="G50" s="161"/>
     </row>
     <row r="51" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A51" s="158"/>
+      <c r="A51" s="157"/>
       <c r="B51" s="75" t="s">
         <v>416</v>
       </c>
-      <c r="C51" s="367" t="s">
+      <c r="C51" s="366" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D51" s="75" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E51" s="413" t="s">
         <v>1265</v>
       </c>
-      <c r="D51" s="75" t="s">
+      <c r="F51" s="75"/>
+      <c r="G51" s="161"/>
+    </row>
+    <row r="52" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A52" s="157"/>
+      <c r="B52" s="75" t="s">
+        <v>638</v>
+      </c>
+      <c r="C52" s="75" t="s">
         <v>1266</v>
-      </c>
-[...12 lines deleted...]
-        <v>1268</v>
       </c>
       <c r="D52" s="75" t="s">
         <v>176</v>
       </c>
-      <c r="E52" s="414" t="s">
-        <v>1269</v>
+      <c r="E52" s="413" t="s">
+        <v>1267</v>
       </c>
       <c r="F52" s="75"/>
-      <c r="G52" s="162"/>
+      <c r="G52" s="161"/>
     </row>
     <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A53" s="191"/>
+      <c r="A53" s="190"/>
       <c r="B53" s="75" t="s">
         <v>399</v>
       </c>
       <c r="C53" s="75" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="D53" s="75" t="s">
         <v>426</v>
       </c>
-      <c r="E53" s="414" t="s">
-        <v>1271</v>
+      <c r="E53" s="413" t="s">
+        <v>1269</v>
       </c>
       <c r="F53" s="75"/>
-      <c r="G53" s="164"/>
+      <c r="G53" s="163"/>
     </row>
     <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A54" s="78" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="B54" s="84" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="C54" s="84"/>
       <c r="D54" s="84"/>
-      <c r="E54" s="385">
+      <c r="E54" s="384">
         <v>33062</v>
       </c>
       <c r="F54" s="84" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="111"/>
     </row>
     <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A55" s="78"/>
       <c r="B55" s="75"/>
       <c r="C55" s="75" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="D55" s="75" t="s">
-        <v>913</v>
-[...1 lines deleted...]
-      <c r="E55" s="204"/>
+        <v>911</v>
+      </c>
+      <c r="E55" s="203"/>
       <c r="F55" s="75"/>
       <c r="G55" s="110">
         <v>26099</v>
       </c>
     </row>
     <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A56" s="78"/>
       <c r="B56" s="75"/>
       <c r="C56" s="75" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="D56" s="75" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="E56" s="204"/>
+        <v>913</v>
+      </c>
+      <c r="E56" s="203"/>
       <c r="F56" s="75"/>
       <c r="G56" s="110">
         <v>26038</v>
       </c>
     </row>
     <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A57" s="78"/>
       <c r="B57" s="75"/>
       <c r="C57" s="75" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D57" s="75" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="E57" s="204"/>
+        <v>664</v>
+      </c>
+      <c r="E57" s="203"/>
       <c r="F57" s="75"/>
       <c r="G57" s="110">
         <v>26163</v>
       </c>
     </row>
     <row r="58" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
-      <c r="A58" s="137"/>
+      <c r="A58" s="136"/>
       <c r="B58" s="104"/>
       <c r="C58" s="104" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="D58" s="104" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="E58" s="114"/>
       <c r="F58" s="104"/>
       <c r="G58" s="115">
         <v>26144</v>
       </c>
     </row>
     <row r="59" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1">
-      <c r="A59" s="176" t="s">
+      <c r="A59" s="175" t="s">
+        <v>916</v>
+      </c>
+      <c r="B59" s="138"/>
+      <c r="C59" s="138"/>
+      <c r="D59" s="138"/>
+      <c r="E59" s="346"/>
+      <c r="F59" s="138"/>
+      <c r="G59" s="138"/>
+    </row>
+    <row r="60" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A60" s="175" t="s">
+        <v>917</v>
+      </c>
+      <c r="B60" s="138"/>
+      <c r="C60" s="138"/>
+      <c r="D60" s="138"/>
+      <c r="E60" s="346"/>
+      <c r="F60" s="138"/>
+      <c r="G60" s="138"/>
+    </row>
+    <row r="61" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A61" s="138" t="s">
         <v>918</v>
       </c>
-      <c r="B59" s="139"/>
-[...21 lines deleted...]
-      <c r="E61" s="208"/>
+      <c r="E61" s="207"/>
     </row>
     <row r="62" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E62" s="208"/>
+      <c r="E62" s="207"/>
     </row>
     <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E63" s="208"/>
+      <c r="E63" s="207"/>
     </row>
     <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E64" s="208"/>
+      <c r="E64" s="207"/>
     </row>
     <row r="65" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E65" s="208"/>
+      <c r="E65" s="207"/>
     </row>
     <row r="66" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E66" s="208"/>
+      <c r="E66" s="207"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="65"/>
       <c r="B67" s="65"/>
       <c r="C67" s="65"/>
       <c r="D67" s="65"/>
-      <c r="E67" s="208"/>
+      <c r="E67" s="207"/>
       <c r="F67" s="65"/>
       <c r="G67" s="65"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="65"/>
       <c r="B68" s="65"/>
       <c r="C68" s="65"/>
       <c r="D68" s="65"/>
-      <c r="E68" s="208"/>
+      <c r="E68" s="207"/>
       <c r="F68" s="65"/>
       <c r="G68" s="65"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
-  <dimension ref="A2:Q82"/>
+  <dimension ref="A2:Q83"/>
   <sheetViews>
-    <sheetView topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="C17" sqref="C17"/>
+    <sheetView topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="A31" sqref="A31:G31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="18.6640625" customWidth="1"/>
     <col min="3" max="3" width="18.6640625" customWidth="1"/>
     <col min="5" max="5" width="14.5546875" customWidth="1"/>
     <col min="6" max="6" width="18.109375" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>348</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickBot="1">
-      <c r="A6" s="167" t="s">
+      <c r="A6" s="166" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="324" t="s">
+      <c r="B6" s="323" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="325" t="s">
+      <c r="C6" s="324" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="324" t="s">
+      <c r="D6" s="323" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="324" t="s">
+      <c r="E6" s="323" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="325" t="s">
+      <c r="F6" s="324" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="326" t="s">
+      <c r="G6" s="325" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A7" s="407" t="s">
-[...11 lines deleted...]
-      <c r="E7" s="406">
+      <c r="A7" s="406" t="s">
+        <v>846</v>
+      </c>
+      <c r="B7" s="403" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C7" s="404" t="s">
+        <v>762</v>
+      </c>
+      <c r="D7" s="404" t="s">
+        <v>763</v>
+      </c>
+      <c r="E7" s="405">
         <v>43495</v>
       </c>
-      <c r="F7" s="169" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="408">
+      <c r="F7" s="168" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G7" s="407">
         <v>35458</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
-      <c r="A8" s="158" t="s">
-        <v>573</v>
+      <c r="A8" s="157" t="s">
+        <v>572</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="C8" s="72" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D8" s="72" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="E8" s="68">
         <v>43287</v>
       </c>
       <c r="F8" s="67" t="s">
-        <v>1204</v>
-[...1 lines deleted...]
-      <c r="G8" s="186">
+        <v>1202</v>
+      </c>
+      <c r="G8" s="185">
         <v>35458</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A9" s="149" t="s">
-        <v>769</v>
+      <c r="A9" s="148" t="s">
+        <v>767</v>
       </c>
       <c r="B9" s="67" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C9" s="67" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="D9" s="67" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="E9" s="68">
         <v>36704</v>
       </c>
       <c r="F9" s="67" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="G9" s="190">
+        <v>805</v>
+      </c>
+      <c r="G9" s="189">
         <v>28852</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A10" s="149" t="s">
-        <v>924</v>
+      <c r="A10" s="148" t="s">
+        <v>922</v>
       </c>
       <c r="B10" s="67" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="C10" s="67" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="D10" s="67" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="E10" s="68">
         <v>30850</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="69">
         <v>23873</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A11" s="149" t="s">
+      <c r="A11" s="148" t="s">
+        <v>773</v>
+      </c>
+      <c r="B11" s="67" t="s">
+        <v>924</v>
+      </c>
+      <c r="C11" s="67" t="s">
+        <v>925</v>
+      </c>
+      <c r="D11" s="67" t="s">
+        <v>913</v>
+      </c>
+      <c r="E11" s="68" t="s">
+        <v>926</v>
+      </c>
+      <c r="F11" s="67"/>
+      <c r="G11" s="189" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A12" s="148" t="s">
+        <v>581</v>
+      </c>
+      <c r="B12" s="75" t="s">
         <v>775</v>
       </c>
-      <c r="B11" s="67" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="C12" s="75" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D12" s="75" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="E12" s="79">
         <v>37177</v>
       </c>
       <c r="F12" s="75" t="s">
         <v>37</v>
       </c>
-      <c r="G12" s="205">
+      <c r="G12" s="204">
         <v>30905</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A13" s="181" t="s">
-        <v>778</v>
+      <c r="A13" s="180" t="s">
+        <v>776</v>
       </c>
       <c r="B13" s="128" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="C13" s="128" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D13" s="128" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="E13" s="129">
         <v>39997</v>
       </c>
       <c r="F13" s="128" t="s">
-        <v>930</v>
-[...1 lines deleted...]
-      <c r="G13" s="186">
+        <v>928</v>
+      </c>
+      <c r="G13" s="185">
         <v>31823</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A14" s="158" t="s">
-        <v>662</v>
+      <c r="A14" s="157" t="s">
+        <v>661</v>
       </c>
       <c r="B14" s="67" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="C14" s="128" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D14" s="128" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="E14" s="129">
         <v>40015</v>
       </c>
       <c r="F14" s="128" t="s">
+        <v>930</v>
+      </c>
+      <c r="G14" s="185">
+        <v>31823</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A15" s="148" t="s">
+        <v>931</v>
+      </c>
+      <c r="B15" s="67" t="s">
         <v>932</v>
       </c>
-      <c r="G14" s="186">
-[...4 lines deleted...]
-      <c r="A15" s="149" t="s">
+      <c r="C15" s="67" t="s">
         <v>933</v>
       </c>
-      <c r="B15" s="67" t="s">
+      <c r="D15" s="67" t="s">
         <v>934</v>
-      </c>
-[...4 lines deleted...]
-        <v>936</v>
       </c>
       <c r="E15" s="68">
         <v>30856</v>
       </c>
       <c r="F15" s="67" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="G15" s="190">
+        <v>935</v>
+      </c>
+      <c r="G15" s="189">
         <v>23310</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A16" s="187" t="s">
-[...11 lines deleted...]
-      <c r="E16" s="189">
+      <c r="A16" s="186" t="s">
+        <v>936</v>
+      </c>
+      <c r="B16" s="187" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C16" s="187" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D16" s="187" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E16" s="188">
         <v>44437</v>
       </c>
-      <c r="F16" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="202">
+      <c r="F16" s="187" t="s">
+        <v>1459</v>
+      </c>
+      <c r="G16" s="201">
         <v>37120</v>
       </c>
     </row>
-    <row r="17" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E17" s="189">
+    <row r="17" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A17" s="186" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B17" s="187" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C17" s="187" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D17" s="187" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E17" s="188">
         <v>44969</v>
       </c>
-      <c r="F17" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="202">
+      <c r="F17" s="187" t="s">
+        <v>1612</v>
+      </c>
+      <c r="G17" s="201">
         <v>37120</v>
       </c>
     </row>
-    <row r="18" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E18" s="189">
+    <row r="18" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A18" s="186" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B18" s="187" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C18" s="187" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D18" s="187" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E18" s="188">
         <v>45011</v>
       </c>
-      <c r="F18" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="202">
+      <c r="F18" s="187" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G18" s="201">
         <v>37168</v>
       </c>
     </row>
-    <row r="19" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...1 lines deleted...]
-        <v>943</v>
+    <row r="19" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A19" s="148" t="s">
+        <v>941</v>
       </c>
       <c r="B19" s="67" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C19" s="67" t="s">
         <v>308</v>
       </c>
       <c r="D19" s="67" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="E19" s="68">
         <v>36281</v>
       </c>
       <c r="F19" s="67" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="G19" s="190">
+        <v>865</v>
+      </c>
+      <c r="G19" s="189">
         <v>29413</v>
       </c>
     </row>
-    <row r="20" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A20" s="149" t="s">
+    <row r="20" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A20" s="148" t="s">
+        <v>942</v>
+      </c>
+      <c r="B20" s="67" t="s">
+        <v>943</v>
+      </c>
+      <c r="C20" s="67" t="s">
         <v>944</v>
       </c>
-      <c r="B20" s="67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" s="67" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="E20" s="68">
         <v>34784</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="G20" s="190">
+      <c r="G20" s="189">
         <v>26979</v>
       </c>
     </row>
-    <row r="21" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...1 lines deleted...]
-        <v>947</v>
+    <row r="21" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A21" s="148" t="s">
+        <v>945</v>
       </c>
       <c r="B21" s="67" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C21" s="67" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="D21" s="67" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="E21" s="68">
         <v>33692</v>
       </c>
       <c r="F21" s="67" t="s">
         <v>325</v>
       </c>
-      <c r="G21" s="190">
+      <c r="G21" s="189">
         <v>26510</v>
       </c>
     </row>
-    <row r="22" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E22" s="189">
+    <row r="22" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A22" s="186" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B22" s="187" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C22" s="187" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D22" s="187" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E22" s="188">
         <v>44604</v>
       </c>
-      <c r="F22" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="202">
+      <c r="F22" s="187" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G22" s="201">
         <v>36840</v>
       </c>
     </row>
-    <row r="23" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...1 lines deleted...]
-        <v>1528</v>
+    <row r="23" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A23" s="148" t="s">
+        <v>1526</v>
       </c>
       <c r="B23" s="67" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="C23" s="67" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D23" s="67" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="E23" s="109">
         <v>44724</v>
       </c>
       <c r="F23" s="67" t="s">
         <v>241</v>
       </c>
-      <c r="G23" s="190">
+      <c r="G23" s="189">
         <v>36840</v>
       </c>
     </row>
-    <row r="24" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A24" s="149" t="s">
+    <row r="24" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A24" s="148" t="s">
+        <v>949</v>
+      </c>
+      <c r="B24" s="67" t="s">
+        <v>950</v>
+      </c>
+      <c r="C24" s="67" t="s">
         <v>951</v>
       </c>
-      <c r="B24" s="67" t="s">
+      <c r="D24" s="67" t="s">
         <v>952</v>
-      </c>
-[...4 lines deleted...]
-        <v>954</v>
       </c>
       <c r="E24" s="68">
         <v>39627</v>
       </c>
       <c r="F24" s="67" t="s">
         <v>157</v>
       </c>
-      <c r="G24" s="190">
+      <c r="G24" s="189">
         <v>31713</v>
       </c>
     </row>
-    <row r="25" spans="1:17" s="298" customFormat="1" ht="11.25" customHeight="1">
+    <row r="25" spans="1:7" s="297" customFormat="1" ht="11.25" customHeight="1">
       <c r="A25" s="83" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B25" s="84" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
       <c r="C25" s="84" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="D25" s="84" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="E25" s="385">
+        <v>1722</v>
+      </c>
+      <c r="E25" s="384">
         <v>45487</v>
       </c>
       <c r="F25" s="84" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
       <c r="G25" s="69">
         <v>37709</v>
       </c>
     </row>
-    <row r="26" spans="1:17" s="65" customFormat="1" ht="12.75" customHeight="1">
-[...12 lines deleted...]
-      <c r="E26" s="474">
+    <row r="26" spans="1:7" s="65" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A26" s="414" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B26" s="178" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C26" s="178" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D26" s="178" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E26" s="473">
         <v>45053</v>
       </c>
-      <c r="F26" s="179" t="s">
-[...2 lines deleted...]
-      <c r="G26" s="446">
+      <c r="F26" s="178" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G26" s="445">
         <v>37118</v>
       </c>
     </row>
-    <row r="27" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E27" s="420">
+    <row r="27" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A27" s="417" t="s">
+        <v>873</v>
+      </c>
+      <c r="B27" s="418" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C27" s="178" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D27" s="178" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E27" s="419">
         <v>44374</v>
       </c>
-      <c r="F27" s="419" t="s">
+      <c r="F27" s="418" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G27" s="445">
+        <v>37118</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A28" s="127" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B28" s="72" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C28" s="72" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D28" s="72" t="s">
         <v>1239</v>
-      </c>
-[...15 lines deleted...]
-        <v>1241</v>
       </c>
       <c r="E28" s="73">
         <v>44056</v>
       </c>
-      <c r="F28" s="397" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="186">
+      <c r="F28" s="396" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G28" s="185">
         <v>37118</v>
       </c>
     </row>
-    <row r="29" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+    <row r="29" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A29" s="127" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B29" s="128" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="C29" s="72" t="s">
-        <v>1240</v>
-[...2 lines deleted...]
-        <v>1241</v>
+        <v>1238</v>
+      </c>
+      <c r="D29" s="396" t="s">
+        <v>1239</v>
       </c>
       <c r="E29" s="73">
         <v>44106</v>
       </c>
       <c r="F29" s="128" t="s">
         <v>37</v>
       </c>
-      <c r="G29" s="190">
+      <c r="G29" s="189">
         <v>37118</v>
       </c>
     </row>
-    <row r="30" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E30" s="201">
+    <row r="30" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A30" s="319" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B30" s="187" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C30" s="178" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D30" s="178" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E30" s="200">
         <v>44997</v>
       </c>
-      <c r="F30" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="202">
+      <c r="F30" s="187" t="s">
+        <v>1625</v>
+      </c>
+      <c r="G30" s="201">
         <v>37118</v>
       </c>
     </row>
-    <row r="31" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A31" s="158" t="s">
+    <row r="31" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A31" s="618" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B31" s="619" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C31" s="619" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D31" s="619" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E31" s="620">
+        <v>45739</v>
+      </c>
+      <c r="F31" s="621" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G31" s="622">
+        <v>37740</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A32" s="157" t="s">
         <v>46</v>
       </c>
-      <c r="B31" s="67" t="s">
+      <c r="B32" s="67" t="s">
+        <v>954</v>
+      </c>
+      <c r="C32" s="67" t="s">
+        <v>955</v>
+      </c>
+      <c r="D32" s="67" t="s">
         <v>956</v>
       </c>
-      <c r="C31" s="67" t="s">
+      <c r="E32" s="68">
+        <v>30539</v>
+      </c>
+      <c r="F32" s="67" t="s">
         <v>957</v>
       </c>
-      <c r="D31" s="67" t="s">
+      <c r="G32" s="189">
+        <v>22730</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" s="297" customFormat="1" ht="15" customHeight="1">
+      <c r="A33" s="148" t="s">
+        <v>54</v>
+      </c>
+      <c r="B33" s="67" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C33" s="67" t="s">
+        <v>35</v>
+      </c>
+      <c r="D33" s="67" t="s">
         <v>958</v>
       </c>
-      <c r="E31" s="68">
-[...2 lines deleted...]
-      <c r="F31" s="67" t="s">
+      <c r="E33" s="68">
+        <v>42222</v>
+      </c>
+      <c r="F33" s="67" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G33" s="189">
+        <v>34099</v>
+      </c>
+      <c r="H33" s="65"/>
+      <c r="I33" s="65"/>
+      <c r="J33" s="65"/>
+      <c r="K33" s="65"/>
+      <c r="L33" s="65"/>
+      <c r="M33" s="65"/>
+      <c r="N33" s="65"/>
+      <c r="O33" s="65"/>
+      <c r="P33" s="65"/>
+      <c r="Q33" s="65"/>
+    </row>
+    <row r="34" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A34" s="148" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B34" s="67" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C34" s="67" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D34" s="67" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E34" s="68">
+        <v>45053</v>
+      </c>
+      <c r="F34" s="67" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G34" s="189">
+        <v>37727</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A35" s="148" t="s">
         <v>959</v>
       </c>
-      <c r="G31" s="190">
-[...13 lines deleted...]
-      <c r="D32" s="67" t="s">
+      <c r="B35" s="67" t="s">
         <v>960</v>
       </c>
-      <c r="E32" s="68">
-[...43 lines deleted...]
-      <c r="A34" s="149" t="s">
+      <c r="C35" s="67" t="s">
+        <v>884</v>
+      </c>
+      <c r="D35" s="67" t="s">
+        <v>885</v>
+      </c>
+      <c r="E35" s="109">
+        <v>41322</v>
+      </c>
+      <c r="F35" s="67" t="s">
         <v>961</v>
       </c>
-      <c r="B34" s="67" t="s">
+      <c r="G35" s="179">
+        <v>33535</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A36" s="180" t="s">
+        <v>890</v>
+      </c>
+      <c r="B36" s="72" t="s">
         <v>962</v>
       </c>
-      <c r="C34" s="67" t="s">
-[...8 lines deleted...]
-      <c r="F34" s="67" t="s">
+      <c r="C36" s="72" t="s">
+        <v>634</v>
+      </c>
+      <c r="D36" s="72" t="s">
+        <v>888</v>
+      </c>
+      <c r="E36" s="73">
+        <v>41342</v>
+      </c>
+      <c r="F36" s="72" t="s">
         <v>963</v>
       </c>
-      <c r="G34" s="180">
-[...7 lines deleted...]
-      <c r="B35" s="72" t="s">
+      <c r="G36" s="177">
+        <v>33376</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A37" s="157" t="s">
         <v>964</v>
       </c>
-      <c r="C35" s="72" t="s">
-[...8 lines deleted...]
-      <c r="F35" s="72" t="s">
+      <c r="B37" s="67" t="s">
+        <v>693</v>
+      </c>
+      <c r="C37" s="67" t="s">
+        <v>894</v>
+      </c>
+      <c r="D37" s="67" t="s">
+        <v>895</v>
+      </c>
+      <c r="E37" s="68">
+        <v>22835</v>
+      </c>
+      <c r="F37" s="67" t="s">
         <v>965</v>
       </c>
-      <c r="G35" s="178">
-[...4 lines deleted...]
-      <c r="A36" s="158" t="s">
+      <c r="G37" s="181">
+        <v>15533</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A38" s="148" t="s">
         <v>966</v>
       </c>
-      <c r="B36" s="67" t="s">
-[...11 lines deleted...]
-      <c r="F36" s="67" t="s">
+      <c r="B38" s="67" t="s">
         <v>967</v>
       </c>
-      <c r="G36" s="182">
-[...4 lines deleted...]
-      <c r="A37" s="149" t="s">
+      <c r="C38" s="67" t="s">
         <v>968</v>
       </c>
-      <c r="B37" s="67" t="s">
+      <c r="D38" s="67" t="s">
         <v>969</v>
       </c>
-      <c r="C37" s="67" t="s">
+      <c r="E38" s="68" t="s">
         <v>970</v>
       </c>
-      <c r="D37" s="67" t="s">
+      <c r="F38" s="67"/>
+      <c r="G38" s="189">
+        <v>24683</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A39" s="148" t="s">
+        <v>494</v>
+      </c>
+      <c r="B39" s="67" t="s">
         <v>971</v>
       </c>
-      <c r="E37" s="68" t="s">
+      <c r="C39" s="67" t="s">
+        <v>904</v>
+      </c>
+      <c r="D39" s="67" t="s">
+        <v>905</v>
+      </c>
+      <c r="E39" s="68">
+        <v>24585</v>
+      </c>
+      <c r="F39" s="67" t="s">
         <v>972</v>
       </c>
-      <c r="F37" s="67"/>
-[...8 lines deleted...]
-      <c r="B38" s="67" t="s">
+      <c r="G39" s="189">
+        <v>16805</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" s="65" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A40" s="148" t="s">
         <v>973</v>
       </c>
-      <c r="C38" s="67" t="s">
-[...8 lines deleted...]
-      <c r="F38" s="67" t="s">
+      <c r="B40" s="72" t="s">
         <v>974</v>
       </c>
-      <c r="G38" s="190">
-[...4 lines deleted...]
-      <c r="A39" s="149" t="s">
+      <c r="C40" s="128" t="s">
+        <v>506</v>
+      </c>
+      <c r="D40" s="128" t="s">
+        <v>615</v>
+      </c>
+      <c r="E40" s="129">
+        <v>39984</v>
+      </c>
+      <c r="F40" s="128" t="s">
         <v>975</v>
       </c>
-      <c r="B39" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G39" s="186">
+      <c r="G40" s="185">
         <v>31933</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="65" customFormat="1" ht="13.5" customHeight="1">
-[...12 lines deleted...]
-      <c r="E40" s="86">
+    <row r="41" spans="1:17" s="65" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A41" s="84" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B41" s="97" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C41" s="84" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D41" s="84" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E41" s="86">
         <v>41630</v>
       </c>
-      <c r="F40" s="84" t="s">
+      <c r="F41" s="84" t="s">
         <v>315</v>
       </c>
-      <c r="G40" s="203">
+      <c r="G41" s="202">
         <v>34200</v>
       </c>
     </row>
-    <row r="41" spans="1:7" s="65" customFormat="1" ht="13.5" customHeight="1">
-[...16 lines deleted...]
-    <row r="42" spans="1:7" s="65" customFormat="1" ht="13.5" customHeight="1">
+    <row r="42" spans="1:17" s="65" customFormat="1" ht="13.5" customHeight="1">
       <c r="A42" s="75"/>
       <c r="B42" s="75" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="C42" s="75" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C42" s="134" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D42" s="75" t="s">
+        <v>397</v>
+      </c>
+      <c r="E42" s="135" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F42" s="134"/>
+      <c r="G42" s="204"/>
+    </row>
+    <row r="43" spans="1:17" s="65" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A43" s="75"/>
+      <c r="B43" s="75" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C43" s="75" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D43" s="75" t="s">
+        <v>176</v>
+      </c>
+      <c r="E43" s="135" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F43" s="134"/>
+      <c r="G43" s="204"/>
+    </row>
+    <row r="44" spans="1:17" s="65" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A44" s="67"/>
+      <c r="B44" s="132" t="s">
+        <v>96</v>
+      </c>
+      <c r="C44" s="132" t="s">
         <v>1505</v>
       </c>
-      <c r="D42" s="75" t="s">
-[...25 lines deleted...]
-      <c r="B44" s="75" t="s">
+      <c r="D44" s="132"/>
+      <c r="E44" s="133"/>
+      <c r="F44" s="132"/>
+      <c r="G44" s="189"/>
+    </row>
+    <row r="45" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A45" s="84" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B45" s="75" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C45" s="84" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D45" s="84" t="s">
         <v>1318</v>
       </c>
-      <c r="C44" s="84" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="86">
+      <c r="E45" s="86">
         <v>42028</v>
       </c>
-      <c r="F44" s="84" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="203">
+      <c r="F45" s="84" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G45" s="202">
         <v>34200</v>
       </c>
     </row>
-    <row r="45" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-[...16 lines deleted...]
-    <row r="46" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+    <row r="46" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A46" s="75"/>
       <c r="B46" s="75" t="s">
-        <v>1314</v>
+        <v>1304</v>
       </c>
       <c r="C46" s="75" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D46" s="75" t="s">
+        <v>397</v>
+      </c>
+      <c r="E46" s="79" t="s">
         <v>1518</v>
       </c>
-      <c r="D46" s="75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="75"/>
-      <c r="G46" s="205"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="G46" s="204"/>
+    </row>
+    <row r="47" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A47" s="75"/>
       <c r="B47" s="75" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="C47" s="75" t="s">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="D47" s="75" t="s">
+        <v>202</v>
+      </c>
+      <c r="E47" s="79" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F47" s="75"/>
+      <c r="G47" s="204"/>
+    </row>
+    <row r="48" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A48" s="75"/>
+      <c r="B48" s="75" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C48" s="75" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D48" s="75" t="s">
         <v>176</v>
       </c>
-      <c r="E47" s="79" t="s">
-[...7 lines deleted...]
-      <c r="B48" s="75" t="s">
+      <c r="E48" s="79" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F48" s="75"/>
+      <c r="G48" s="204"/>
+    </row>
+    <row r="49" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A49" s="67"/>
+      <c r="B49" s="75" t="s">
         <v>96</v>
       </c>
-      <c r="C48" s="75" t="s">
-[...11 lines deleted...]
-      <c r="B49" s="84" t="s">
+      <c r="C49" s="75" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D49" s="75"/>
+      <c r="E49" s="79"/>
+      <c r="F49" s="75"/>
+      <c r="G49" s="189"/>
+    </row>
+    <row r="50" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A50" s="148" t="s">
+        <v>976</v>
+      </c>
+      <c r="B50" s="84" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C50" s="84" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D50" s="84" t="s">
+        <v>561</v>
+      </c>
+      <c r="E50" s="86">
+        <v>43632</v>
+      </c>
+      <c r="F50" s="84" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G50" s="202">
+        <v>36015</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A51" s="157"/>
+      <c r="B51" s="75" t="s">
+        <v>205</v>
+      </c>
+      <c r="C51" s="75" t="s">
         <v>1348</v>
       </c>
-      <c r="C49" s="84" t="s">
-[...23 lines deleted...]
-      <c r="D50" s="75" t="s">
+      <c r="D51" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="E50" s="372" t="s">
-[...7 lines deleted...]
-      <c r="B51" s="75" t="s">
+      <c r="E51" s="371" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F51" s="75"/>
+      <c r="G51" s="204"/>
+    </row>
+    <row r="52" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A52" s="157"/>
+      <c r="B52" s="75" t="s">
         <v>394</v>
       </c>
-      <c r="C51" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="75" t="s">
+      <c r="C52" s="82" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D52" s="75" t="s">
         <v>202</v>
       </c>
-      <c r="E51" s="367" t="s">
-[...17 lines deleted...]
-        <v>1349</v>
+      <c r="E52" s="366" t="s">
+        <v>1511</v>
       </c>
       <c r="F52" s="75"/>
-      <c r="G52" s="205"/>
+      <c r="G52" s="204"/>
     </row>
     <row r="53" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A53" s="75"/>
       <c r="B53" s="75" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>1510</v>
+        <v>416</v>
+      </c>
+      <c r="C53" s="366" t="s">
+        <v>1506</v>
       </c>
       <c r="D53" s="75" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>1372</v>
+      </c>
+      <c r="E53" s="366" t="s">
+        <v>1347</v>
       </c>
       <c r="F53" s="75"/>
-      <c r="G53" s="205"/>
+      <c r="G53" s="204"/>
     </row>
     <row r="54" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A54" s="75"/>
       <c r="B54" s="75" t="s">
+        <v>638</v>
+      </c>
+      <c r="C54" s="75" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D54" s="75" t="s">
+        <v>176</v>
+      </c>
+      <c r="E54" s="366" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F54" s="75"/>
+      <c r="G54" s="204"/>
+    </row>
+    <row r="55" spans="1:17" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A55" s="75"/>
+      <c r="B55" s="75" t="s">
         <v>399</v>
       </c>
-      <c r="C54" s="75" t="s">
-[...2 lines deleted...]
-      <c r="D54" s="75" t="s">
+      <c r="C55" s="75" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D55" s="75" t="s">
         <v>426</v>
       </c>
-      <c r="E54" s="367" t="s">
-[...6 lines deleted...]
-      <c r="A55" s="149" t="s">
+      <c r="E55" s="366" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F55" s="75"/>
+      <c r="G55" s="204"/>
+    </row>
+    <row r="56" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A56" s="148" t="s">
+        <v>977</v>
+      </c>
+      <c r="B56" s="72" t="s">
+        <v>978</v>
+      </c>
+      <c r="C56" s="128" t="s">
         <v>979</v>
       </c>
-      <c r="B55" s="72" t="s">
+      <c r="D56" s="128" t="s">
         <v>980</v>
       </c>
-      <c r="C55" s="128" t="s">
+      <c r="E56" s="129" t="s">
+        <v>72</v>
+      </c>
+      <c r="F56" s="128"/>
+      <c r="G56" s="185">
+        <v>20938</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A57" s="148" t="s">
         <v>981</v>
       </c>
-      <c r="D55" s="128" t="s">
+      <c r="B57" s="75" t="s">
         <v>982</v>
       </c>
-      <c r="E55" s="129" t="s">
-[...16 lines deleted...]
-      <c r="E56" s="79">
+      <c r="C57" s="75"/>
+      <c r="D57" s="75"/>
+      <c r="E57" s="79">
         <v>38193</v>
       </c>
-      <c r="F56" s="75" t="s">
+      <c r="F57" s="75" t="s">
         <v>274</v>
       </c>
-      <c r="G56" s="205"/>
-[...14 lines deleted...]
-      </c>
+      <c r="G57" s="204"/>
     </row>
     <row r="58" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A58" s="158"/>
+      <c r="A58" s="157"/>
       <c r="B58" s="75"/>
       <c r="C58" s="75" t="s">
-        <v>648</v>
+        <v>983</v>
       </c>
       <c r="D58" s="75" t="s">
-        <v>986</v>
+        <v>573</v>
       </c>
       <c r="E58" s="79"/>
       <c r="F58" s="75"/>
-      <c r="G58" s="205">
-        <v>30952</v>
+      <c r="G58" s="204">
+        <v>31120</v>
       </c>
     </row>
     <row r="59" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A59" s="158"/>
+      <c r="A59" s="157"/>
       <c r="B59" s="75"/>
       <c r="C59" s="75" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D59" s="75" t="s">
-        <v>649</v>
+        <v>984</v>
       </c>
       <c r="E59" s="79"/>
       <c r="F59" s="75"/>
-      <c r="G59" s="205">
+      <c r="G59" s="204">
+        <v>30952</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A60" s="157"/>
+      <c r="B60" s="75"/>
+      <c r="C60" s="75" t="s">
+        <v>647</v>
+      </c>
+      <c r="D60" s="75" t="s">
+        <v>648</v>
+      </c>
+      <c r="E60" s="79"/>
+      <c r="F60" s="75"/>
+      <c r="G60" s="204">
         <v>30001</v>
       </c>
     </row>
-    <row r="60" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
-[...10 lines deleted...]
-      <c r="G60" s="190">
+    <row r="61" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A61" s="190"/>
+      <c r="B61" s="67"/>
+      <c r="C61" s="67" t="s">
+        <v>985</v>
+      </c>
+      <c r="D61" s="67" t="s">
+        <v>986</v>
+      </c>
+      <c r="E61" s="68"/>
+      <c r="F61" s="67"/>
+      <c r="G61" s="189">
         <v>30307</v>
       </c>
     </row>
-    <row r="61" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
-[...8 lines deleted...]
-      <c r="E61" s="79">
+    <row r="62" spans="1:17" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A62" s="157" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B62" s="75" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C62" s="75"/>
+      <c r="D62" s="75"/>
+      <c r="E62" s="79">
         <v>44486</v>
       </c>
-      <c r="F61" s="75" t="s">
-[...17 lines deleted...]
-      <c r="G62" s="205">
+      <c r="F62" s="75" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G62" s="204"/>
+    </row>
+    <row r="63" spans="1:17">
+      <c r="A63" s="157"/>
+      <c r="B63" s="75"/>
+      <c r="C63" s="75" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D63" s="75" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E63" s="79" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F63" s="75"/>
+      <c r="G63" s="204">
         <v>38216</v>
-      </c>
-[...25 lines deleted...]
-        <v>37592</v>
       </c>
       <c r="H63" s="65"/>
       <c r="I63" s="65"/>
       <c r="J63" s="65"/>
       <c r="K63" s="65"/>
       <c r="L63" s="65"/>
       <c r="M63" s="65"/>
       <c r="N63" s="65"/>
       <c r="O63" s="65"/>
       <c r="P63" s="65"/>
       <c r="Q63" s="65"/>
     </row>
     <row r="64" spans="1:17">
-      <c r="A64" s="158"/>
+      <c r="A64" s="157"/>
       <c r="B64" s="75"/>
-      <c r="C64" s="456" t="s">
-[...3 lines deleted...]
-        <v>1333</v>
+      <c r="C64" s="134" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D64" s="75" t="s">
+        <v>1425</v>
       </c>
       <c r="E64" s="79" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="F64" s="75"/>
-      <c r="G64" s="205">
-        <v>36840</v>
+      <c r="G64" s="204">
+        <v>37592</v>
       </c>
       <c r="H64" s="65"/>
       <c r="I64" s="65"/>
       <c r="J64" s="65"/>
       <c r="K64" s="65"/>
       <c r="L64" s="65"/>
       <c r="M64" s="65"/>
       <c r="N64" s="65"/>
       <c r="O64" s="65"/>
       <c r="P64" s="65"/>
       <c r="Q64" s="65"/>
     </row>
     <row r="65" spans="1:17">
-      <c r="A65" s="191"/>
-[...12 lines deleted...]
-        <v>38096</v>
+      <c r="A65" s="157"/>
+      <c r="B65" s="75"/>
+      <c r="C65" s="455" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D65" s="456" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E65" s="79" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F65" s="75"/>
+      <c r="G65" s="204">
+        <v>36840</v>
       </c>
       <c r="H65" s="65"/>
       <c r="I65" s="65"/>
       <c r="J65" s="65"/>
       <c r="K65" s="65"/>
       <c r="L65" s="65"/>
       <c r="M65" s="65"/>
       <c r="N65" s="65"/>
       <c r="O65" s="65"/>
       <c r="P65" s="65"/>
       <c r="Q65" s="65"/>
     </row>
     <row r="66" spans="1:17">
-      <c r="A66" s="158" t="s">
-[...7 lines deleted...]
-      <c r="E66" s="79">
+      <c r="A66" s="190"/>
+      <c r="B66" s="67"/>
+      <c r="C66" s="67" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D66" s="67" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E66" s="68" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F66" s="67"/>
+      <c r="G66" s="189">
+        <v>38096</v>
+      </c>
+      <c r="H66" s="65"/>
+      <c r="I66" s="65"/>
+      <c r="J66" s="65"/>
+      <c r="K66" s="65"/>
+      <c r="L66" s="65"/>
+      <c r="M66" s="65"/>
+      <c r="N66" s="65"/>
+      <c r="O66" s="65"/>
+      <c r="P66" s="65"/>
+      <c r="Q66" s="65"/>
+    </row>
+    <row r="67" spans="1:17">
+      <c r="A67" s="157" t="s">
+        <v>987</v>
+      </c>
+      <c r="B67" s="75" t="s">
+        <v>988</v>
+      </c>
+      <c r="C67" s="75"/>
+      <c r="D67" s="75"/>
+      <c r="E67" s="79">
         <v>35701</v>
       </c>
-      <c r="F66" s="75" t="s">
+      <c r="F67" s="75" t="s">
         <v>158</v>
       </c>
-      <c r="G66" s="205"/>
-[...14 lines deleted...]
-      </c>
+      <c r="G67" s="204"/>
     </row>
     <row r="68" spans="1:17">
-      <c r="A68" s="158"/>
+      <c r="A68" s="157"/>
       <c r="B68" s="75"/>
       <c r="C68" s="75" t="s">
-        <v>991</v>
+        <v>411</v>
       </c>
       <c r="D68" s="75" t="s">
-        <v>992</v>
+        <v>623</v>
       </c>
       <c r="E68" s="79"/>
       <c r="F68" s="75"/>
-      <c r="G68" s="205">
-        <v>28670</v>
+      <c r="G68" s="204">
+        <v>28997</v>
       </c>
     </row>
     <row r="69" spans="1:17">
-      <c r="A69" s="158"/>
+      <c r="A69" s="157"/>
       <c r="B69" s="75"/>
       <c r="C69" s="75" t="s">
-        <v>795</v>
+        <v>989</v>
       </c>
       <c r="D69" s="75" t="s">
-        <v>665</v>
+        <v>990</v>
       </c>
       <c r="E69" s="79"/>
       <c r="F69" s="75"/>
-      <c r="G69" s="205">
-        <v>29138</v>
+      <c r="G69" s="204">
+        <v>28670</v>
       </c>
     </row>
     <row r="70" spans="1:17">
-      <c r="A70" s="158"/>
+      <c r="A70" s="157"/>
       <c r="B70" s="75"/>
       <c r="C70" s="75" t="s">
-        <v>993</v>
+        <v>793</v>
       </c>
       <c r="D70" s="75" t="s">
-        <v>994</v>
+        <v>664</v>
       </c>
       <c r="E70" s="79"/>
       <c r="F70" s="75"/>
-      <c r="G70" s="205">
+      <c r="G70" s="204">
+        <v>29138</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17">
+      <c r="A71" s="157"/>
+      <c r="B71" s="75"/>
+      <c r="C71" s="75" t="s">
+        <v>991</v>
+      </c>
+      <c r="D71" s="75" t="s">
+        <v>992</v>
+      </c>
+      <c r="E71" s="79"/>
+      <c r="F71" s="75"/>
+      <c r="G71" s="204">
         <v>27474</v>
       </c>
     </row>
-    <row r="71" spans="1:17">
-[...8 lines deleted...]
-      <c r="E71" s="458">
+    <row r="72" spans="1:17">
+      <c r="A72" s="95" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B72" s="95" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C72" s="95"/>
+      <c r="D72" s="95"/>
+      <c r="E72" s="457">
         <v>44479</v>
       </c>
-      <c r="F71" s="95" t="s">
-[...21 lines deleted...]
-      </c>
+      <c r="F72" s="95" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G72" s="458"/>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="91" t="s">
-        <v>416</v>
+        <v>1468</v>
       </c>
       <c r="B73" s="91"/>
       <c r="C73" s="91" t="s">
-        <v>1472</v>
+        <v>1367</v>
       </c>
       <c r="D73" s="91" t="s">
-        <v>1473</v>
-[...2 lines deleted...]
-        <v>1379</v>
+        <v>1368</v>
+      </c>
+      <c r="E73" s="459" t="s">
+        <v>1377</v>
       </c>
       <c r="F73" s="91"/>
-      <c r="G73" s="461">
-        <v>36174</v>
+      <c r="G73" s="460">
+        <v>36430</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="91" t="s">
-        <v>286</v>
+        <v>416</v>
       </c>
       <c r="B74" s="91"/>
       <c r="C74" s="91" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="D74" s="91" t="s">
-        <v>1475</v>
-[...2 lines deleted...]
-        <v>1378</v>
+        <v>1471</v>
+      </c>
+      <c r="E74" s="459" t="s">
+        <v>1377</v>
       </c>
       <c r="F74" s="91"/>
-      <c r="G74" s="461">
+      <c r="G74" s="460">
+        <v>36174</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
+      <c r="A75" s="91" t="s">
+        <v>286</v>
+      </c>
+      <c r="B75" s="91"/>
+      <c r="C75" s="91" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D75" s="91" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E75" s="459" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F75" s="91"/>
+      <c r="G75" s="460">
         <v>37327</v>
       </c>
     </row>
-    <row r="75" spans="1:17" ht="15" thickBot="1">
-[...14 lines deleted...]
-      <c r="G75" s="464">
+    <row r="76" spans="1:17" ht="15" thickBot="1">
+      <c r="A76" s="461" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B76" s="461"/>
+      <c r="C76" s="461" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D76" s="461" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E76" s="462" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F76" s="461"/>
+      <c r="G76" s="463">
         <v>37120</v>
       </c>
     </row>
-    <row r="76" spans="1:17">
-[...7 lines deleted...]
-    </row>
     <row r="77" spans="1:17">
-      <c r="A77" s="65" t="s">
-[...7 lines deleted...]
-      <c r="G77" s="65"/>
+      <c r="A77" s="90"/>
+      <c r="B77" s="138"/>
+      <c r="C77" s="138"/>
+      <c r="D77" s="138"/>
+      <c r="E77" s="138"/>
+      <c r="F77" s="138"/>
+      <c r="G77" s="138"/>
     </row>
     <row r="78" spans="1:17">
-      <c r="A78" s="65"/>
+      <c r="A78" s="65" t="s">
+        <v>993</v>
+      </c>
       <c r="B78" s="65"/>
       <c r="C78" s="65"/>
       <c r="D78" s="65"/>
       <c r="E78" s="65"/>
       <c r="F78" s="65"/>
       <c r="G78" s="65"/>
     </row>
     <row r="79" spans="1:17">
       <c r="A79" s="65"/>
       <c r="B79" s="65"/>
       <c r="C79" s="65"/>
       <c r="D79" s="65"/>
       <c r="E79" s="65"/>
       <c r="F79" s="65"/>
       <c r="G79" s="65"/>
     </row>
     <row r="80" spans="1:17">
       <c r="A80" s="65"/>
       <c r="B80" s="65"/>
       <c r="C80" s="65"/>
       <c r="D80" s="65"/>
       <c r="E80" s="65"/>
       <c r="F80" s="65"/>
       <c r="G80" s="65"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="65"/>
       <c r="B81" s="65"/>
       <c r="C81" s="65"/>
       <c r="D81" s="65"/>
       <c r="E81" s="65"/>
       <c r="F81" s="65"/>
       <c r="G81" s="65"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="65"/>
       <c r="B82" s="65"/>
       <c r="C82" s="65"/>
       <c r="D82" s="65"/>
       <c r="E82" s="65"/>
       <c r="F82" s="65"/>
       <c r="G82" s="65"/>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83" s="65"/>
+      <c r="B83" s="65"/>
+      <c r="C83" s="65"/>
+      <c r="D83" s="65"/>
+      <c r="E83" s="65"/>
+      <c r="F83" s="65"/>
+      <c r="G83" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M143"/>
+  <dimension ref="A1:M145"/>
   <sheetViews>
-    <sheetView topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="C22" sqref="C22"/>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="18.88671875" customWidth="1"/>
     <col min="3" max="3" width="26.88671875" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" customWidth="1"/>
     <col min="6" max="6" width="15.6640625" customWidth="1"/>
     <col min="7" max="7" width="14.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="E1" s="60"/>
     </row>
     <row r="2" spans="1:10" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>413</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="3" spans="1:10">
       <c r="E3" s="60"/>
     </row>
     <row r="4" spans="1:10">
       <c r="E4" s="60"/>
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" thickBot="1">
       <c r="E5" s="60"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:10" s="65" customFormat="1" ht="11.4" thickBot="1">
-      <c r="A6" s="183" t="s">
+      <c r="A6" s="182" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="184" t="s">
+      <c r="B6" s="183" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="185" t="s">
+      <c r="C6" s="184" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="184" t="s">
+      <c r="D6" s="183" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="194" t="s">
+      <c r="E6" s="193" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="185" t="s">
+      <c r="F6" s="184" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="195" t="s">
+      <c r="G6" s="194" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A7" s="404" t="s">
-[...11 lines deleted...]
-      <c r="E7" s="406">
+      <c r="A7" s="403" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B7" s="403" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C7" s="404" t="s">
+        <v>762</v>
+      </c>
+      <c r="D7" s="404" t="s">
+        <v>763</v>
+      </c>
+      <c r="E7" s="405">
         <v>44233</v>
       </c>
-      <c r="F7" s="169" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="445">
+      <c r="F7" s="168" t="s">
+        <v>928</v>
+      </c>
+      <c r="G7" s="444">
         <v>35458</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A8" s="158" t="s">
-        <v>573</v>
+      <c r="A8" s="157" t="s">
+        <v>572</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="C8" s="72" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D8" s="72" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="E8" s="68">
         <v>43287</v>
       </c>
       <c r="F8" s="67" t="s">
-        <v>1204</v>
-[...1 lines deleted...]
-      <c r="G8" s="186">
+        <v>1202</v>
+      </c>
+      <c r="G8" s="185">
         <v>35458</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A9" s="149" t="s">
-        <v>769</v>
+      <c r="A9" s="148" t="s">
+        <v>767</v>
       </c>
       <c r="B9" s="67" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="C9" s="72" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D9" s="72" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="E9" s="68">
         <v>44723</v>
       </c>
       <c r="F9" s="67" t="s">
-        <v>1539</v>
-[...1 lines deleted...]
-      <c r="G9" s="186">
+        <v>1537</v>
+      </c>
+      <c r="G9" s="185">
         <v>35458</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A10" s="196" t="s">
-        <v>924</v>
+      <c r="A10" s="195" t="s">
+        <v>922</v>
       </c>
       <c r="B10" s="121" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="C10" s="121" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="D10" s="121" t="s">
         <v>519</v>
       </c>
-      <c r="E10" s="197">
+      <c r="E10" s="196">
         <v>29400</v>
       </c>
       <c r="F10" s="121" t="s">
-        <v>998</v>
-[...1 lines deleted...]
-      <c r="G10" s="198">
+        <v>996</v>
+      </c>
+      <c r="G10" s="197">
         <v>18103</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A11" s="196" t="s">
-        <v>775</v>
+      <c r="A11" s="195" t="s">
+        <v>773</v>
       </c>
       <c r="B11" s="121" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="C11" s="121" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="D11" s="121" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="E11" s="109">
         <v>26137</v>
       </c>
       <c r="F11" s="67" t="s">
+        <v>998</v>
+      </c>
+      <c r="G11" s="198">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="65" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A12" s="195" t="s">
+        <v>581</v>
+      </c>
+      <c r="B12" s="121" t="s">
+        <v>999</v>
+      </c>
+      <c r="C12" s="121" t="s">
         <v>1000</v>
       </c>
-      <c r="G11" s="199">
-[...7 lines deleted...]
-      <c r="B12" s="121" t="s">
+      <c r="D12" s="121" t="s">
         <v>1001</v>
       </c>
-      <c r="C12" s="121" t="s">
+      <c r="E12" s="196">
+        <v>25477</v>
+      </c>
+      <c r="F12" s="67" t="s">
         <v>1002</v>
       </c>
-      <c r="D12" s="121" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="199">
+      <c r="G12" s="198">
         <v>1946</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A13" s="181" t="s">
-        <v>778</v>
+      <c r="A13" s="180" t="s">
+        <v>776</v>
       </c>
       <c r="B13" s="128" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="C13" s="128" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D13" s="128" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="E13" s="129">
         <v>39997</v>
       </c>
       <c r="F13" s="128" t="s">
-        <v>930</v>
-[...1 lines deleted...]
-      <c r="G13" s="186">
+        <v>928</v>
+      </c>
+      <c r="G13" s="185">
         <v>31823</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A14" s="579" t="s">
-[...11 lines deleted...]
-      <c r="E14" s="583">
+      <c r="A14" s="578" t="s">
+        <v>661</v>
+      </c>
+      <c r="B14" s="579" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C14" s="580" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D14" s="581" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E14" s="582">
         <v>45689</v>
       </c>
-      <c r="F14" s="584" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="585">
+      <c r="F14" s="583" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G14" s="584">
         <v>37168</v>
       </c>
-      <c r="J14" s="596"/>
-[...14 lines deleted...]
-      <c r="E15" s="608">
+      <c r="J14" s="595"/>
+    </row>
+    <row r="15" spans="1:10" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A15" s="605" t="s">
+        <v>931</v>
+      </c>
+      <c r="B15" s="580" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C15" s="580" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D15" s="580" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E15" s="606">
         <v>45801</v>
       </c>
-      <c r="F15" s="609" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="547">
+      <c r="F15" s="607" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G15" s="546">
         <v>37168</v>
       </c>
-      <c r="J15" s="597"/>
-[...5 lines deleted...]
-      <c r="B16" s="308" t="s">
+      <c r="J15" s="596"/>
+    </row>
+    <row r="16" spans="1:10" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A16" s="299" t="s">
+        <v>936</v>
+      </c>
+      <c r="B16" s="307" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C16" s="307" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D16" s="307" t="s">
         <v>1005</v>
       </c>
-      <c r="C16" s="308" t="s">
+      <c r="E16" s="308">
+        <v>31532</v>
+      </c>
+      <c r="F16" s="307" t="s">
         <v>1006</v>
       </c>
-      <c r="D16" s="308" t="s">
+      <c r="G16" s="309">
+        <v>19530</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A17" s="148" t="s">
         <v>1007</v>
       </c>
-      <c r="E16" s="309">
-[...2 lines deleted...]
-      <c r="F16" s="308" t="s">
+      <c r="B17" s="67" t="s">
         <v>1008</v>
-      </c>
-[...9 lines deleted...]
-        <v>1010</v>
       </c>
       <c r="C17" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D17" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E17" s="109">
         <v>29310</v>
       </c>
       <c r="F17" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="G17" s="190">
+      <c r="G17" s="189">
         <v>17982</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A18" s="149" t="s">
-        <v>1012</v>
+      <c r="A18" s="148" t="s">
+        <v>1010</v>
       </c>
       <c r="B18" s="67" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="C18" s="67" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="D18" s="67" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="E18" s="109">
         <v>30976</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="G18" s="190">
+      <c r="G18" s="189">
         <v>19530</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...12 lines deleted...]
-      <c r="E19" s="189">
+    <row r="19" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A19" s="186" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B19" s="187" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C19" s="187" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D19" s="187" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E19" s="188">
         <v>44969</v>
       </c>
-      <c r="F19" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="202">
+      <c r="F19" s="187" t="s">
+        <v>1612</v>
+      </c>
+      <c r="G19" s="201">
         <v>37120</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A20" s="187" t="s">
+      <c r="A20" s="186" t="s">
+        <v>938</v>
+      </c>
+      <c r="B20" s="187" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C20" s="199" t="s">
+        <v>939</v>
+      </c>
+      <c r="D20" s="199" t="s">
         <v>940</v>
       </c>
-      <c r="B20" s="188" t="s">
+      <c r="E20" s="200">
+        <v>39916</v>
+      </c>
+      <c r="F20" s="187" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G20" s="201">
+        <v>30317</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A21" s="148" t="s">
         <v>1014</v>
       </c>
-      <c r="C20" s="200" t="s">
-[...8 lines deleted...]
-      <c r="F20" s="188" t="s">
+      <c r="B21" s="67" t="s">
         <v>1015</v>
       </c>
-      <c r="G20" s="202">
-[...4 lines deleted...]
-      <c r="A21" s="149" t="s">
+      <c r="C21" s="67" t="s">
         <v>1016</v>
       </c>
-      <c r="B21" s="67" t="s">
+      <c r="D21" s="67" t="s">
         <v>1017</v>
-      </c>
-[...4 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="E21" s="109">
         <v>40950</v>
       </c>
       <c r="F21" s="67" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G21" s="189">
+        <v>27377</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A22" s="148" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B22" s="67" t="s">
         <v>1020</v>
       </c>
-      <c r="G21" s="190">
-[...9 lines deleted...]
-      </c>
       <c r="C22" s="67" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="D22" s="67" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="E22" s="109">
         <v>35722</v>
       </c>
       <c r="F22" s="67" t="s">
         <v>325</v>
       </c>
-      <c r="G22" s="190">
+      <c r="G22" s="189">
         <v>23310</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A23" s="187" t="s">
+      <c r="A23" s="186" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B23" s="187" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C23" s="199" t="s">
+        <v>939</v>
+      </c>
+      <c r="D23" s="199" t="s">
+        <v>940</v>
+      </c>
+      <c r="E23" s="200">
+        <v>40251</v>
+      </c>
+      <c r="F23" s="187" t="s">
         <v>1023</v>
       </c>
-      <c r="B23" s="188" t="s">
+      <c r="G23" s="201">
+        <v>30317</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A24" s="148" t="s">
         <v>1024</v>
       </c>
-      <c r="C23" s="200" t="s">
-[...8 lines deleted...]
-      <c r="F23" s="188" t="s">
+      <c r="B24" s="67" t="s">
         <v>1025</v>
       </c>
-      <c r="G23" s="202">
-[...4 lines deleted...]
-      <c r="A24" s="149" t="s">
+      <c r="C24" s="67" t="s">
         <v>1026</v>
       </c>
-      <c r="B24" s="67" t="s">
+      <c r="D24" s="67" t="s">
         <v>1027</v>
-      </c>
-[...4 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="E24" s="109">
         <v>33335</v>
       </c>
       <c r="F24" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="G24" s="190">
+      <c r="G24" s="189">
         <v>24296</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="299" customFormat="1" ht="10.199999999999999">
-      <c r="A25" s="187" t="s">
+    <row r="25" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A25" s="186" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B25" s="187" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C25" s="187" t="s">
         <v>1030</v>
       </c>
-      <c r="B25" s="188" t="s">
+      <c r="D25" s="187" t="s">
         <v>1031</v>
       </c>
-      <c r="C25" s="188" t="s">
+      <c r="E25" s="188">
+        <v>40132</v>
+      </c>
+      <c r="F25" s="187" t="s">
+        <v>145</v>
+      </c>
+      <c r="G25" s="201">
+        <v>27600</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A26" s="148" t="s">
         <v>1032</v>
       </c>
-      <c r="D25" s="188" t="s">
+      <c r="B26" s="67" t="s">
         <v>1033</v>
       </c>
-      <c r="E25" s="189">
-[...10 lines deleted...]
-      <c r="A26" s="149" t="s">
+      <c r="C26" s="67" t="s">
         <v>1034</v>
       </c>
-      <c r="B26" s="67" t="s">
+      <c r="D26" s="67" t="s">
         <v>1035</v>
-      </c>
-[...4 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="E26" s="109">
         <v>39663</v>
       </c>
       <c r="F26" s="67" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G26" s="189">
+        <v>23346</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A27" s="148" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B27" s="67" t="s">
         <v>1038</v>
       </c>
-      <c r="G26" s="190">
-[...4 lines deleted...]
-      <c r="A27" s="149" t="s">
+      <c r="C27" s="67" t="s">
         <v>1039</v>
       </c>
-      <c r="B27" s="67" t="s">
+      <c r="D27" s="67" t="s">
         <v>1040</v>
-      </c>
-[...4 lines deleted...]
-        <v>1042</v>
       </c>
       <c r="E27" s="109">
         <v>41552</v>
       </c>
       <c r="F27" s="67" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="G27" s="186">
+        <v>1041</v>
+      </c>
+      <c r="G27" s="185">
         <v>24273</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="298" customFormat="1" ht="12.75" customHeight="1">
-[...12 lines deleted...]
-      <c r="E28" s="604">
+    <row r="28" spans="1:7" s="297" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A28" s="602" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B28" s="569" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C28" s="569" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D28" s="569" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E28" s="603">
         <v>45795</v>
       </c>
-      <c r="F28" s="570" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="605">
+      <c r="F28" s="569" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G28" s="604">
         <v>37118</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A29" s="418" t="s">
-[...14 lines deleted...]
-      <c r="F29" s="419" t="s">
+      <c r="A29" s="534" t="s">
+        <v>873</v>
+      </c>
+      <c r="B29" s="616" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C29" s="569" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D29" s="569" t="s">
         <v>1239</v>
       </c>
-      <c r="G29" s="446">
+      <c r="E29" s="617">
+        <v>45871</v>
+      </c>
+      <c r="F29" s="616" t="s">
+        <v>1723</v>
+      </c>
+      <c r="G29" s="604">
         <v>37118</v>
       </c>
     </row>
-    <row r="30" spans="1:7" s="593" customFormat="1" ht="10.199999999999999">
-[...12 lines deleted...]
-      <c r="E30" s="533">
+    <row r="30" spans="1:7" s="592" customFormat="1" ht="10.199999999999999">
+      <c r="A30" s="589" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B30" s="590" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C30" s="590" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D30" s="590" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E30" s="532">
         <v>45739</v>
       </c>
-      <c r="F30" s="595" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="592">
+      <c r="F30" s="594" t="s">
+        <v>1785</v>
+      </c>
+      <c r="G30" s="591">
         <v>37118</v>
       </c>
     </row>
     <row r="31" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A31" s="127" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B31" s="128" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="C31" s="72" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D31" s="72" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="E31" s="392">
+        <v>1239</v>
+      </c>
+      <c r="E31" s="391">
         <v>44108</v>
       </c>
       <c r="F31" s="128" t="s">
         <v>37</v>
       </c>
-      <c r="G31" s="190">
+      <c r="G31" s="189">
         <v>37118</v>
       </c>
     </row>
-    <row r="32" spans="1:7" s="299" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>1052</v>
+    <row r="32" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A32" s="157" t="s">
+        <v>1050</v>
       </c>
       <c r="B32" s="67" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="C32" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D32" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E32" s="109">
         <v>35330</v>
       </c>
       <c r="F32" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G32" s="190">
+      <c r="G32" s="189">
         <v>17982</v>
       </c>
     </row>
-    <row r="33" spans="1:10" s="299" customFormat="1" ht="10.199999999999999">
-[...6 lines deleted...]
-      <c r="C33" s="188" t="s">
+    <row r="33" spans="1:10" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A33" s="186" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B33" s="187" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C33" s="187" t="s">
         <v>526</v>
       </c>
-      <c r="D33" s="188" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="189">
+      <c r="D33" s="187" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E33" s="188">
         <v>35330</v>
       </c>
-      <c r="F33" s="188" t="s">
+      <c r="F33" s="187" t="s">
         <v>32</v>
       </c>
-      <c r="G33" s="202">
+      <c r="G33" s="201">
         <v>17982</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A34" s="187" t="s">
-[...5 lines deleted...]
-      <c r="C34" s="188" t="s">
+      <c r="A34" s="186" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B34" s="187" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C34" s="187" t="s">
         <v>526</v>
       </c>
-      <c r="D34" s="188" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="189">
+      <c r="D34" s="187" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E34" s="188">
         <v>36054</v>
       </c>
-      <c r="F34" s="188" t="s">
+      <c r="F34" s="187" t="s">
         <v>32</v>
       </c>
-      <c r="G34" s="202">
+      <c r="G34" s="201">
         <v>17982</v>
       </c>
     </row>
-    <row r="35" spans="1:10" s="593" customFormat="1" ht="10.199999999999999">
-[...6 lines deleted...]
-      <c r="C35" s="570" t="s">
+    <row r="35" spans="1:10" s="592" customFormat="1" ht="10.199999999999999">
+      <c r="A35" s="593" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B35" s="579" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C35" s="569" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D35" s="569" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E35" s="532">
+        <v>45739</v>
+      </c>
+      <c r="F35" s="594" t="s">
+        <v>1785</v>
+      </c>
+      <c r="G35" s="584">
+        <v>37118</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="592" customFormat="1" ht="10.199999999999999">
+      <c r="A36" s="625" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B36" s="579" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C36" s="579" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D36" s="579" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E36" s="606">
+        <v>45955</v>
+      </c>
+      <c r="F36" s="594" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G36" s="584">
+        <v>34828</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="592" customFormat="1" ht="12">
+      <c r="A37" s="563" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B37" s="579" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C37" s="579" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D37" s="579" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E37" s="582">
+        <v>45739</v>
+      </c>
+      <c r="F37" s="623" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G37" s="584">
+        <v>37740</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A38" s="186" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B38" s="187" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C38" s="187" t="s">
+        <v>526</v>
+      </c>
+      <c r="D38" s="187" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E38" s="188">
+        <v>39383</v>
+      </c>
+      <c r="F38" s="187" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G38" s="201">
+        <v>17982</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A39" s="148" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B39" s="67" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C39" s="67" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D39" s="67" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E39" s="109">
+        <v>41210</v>
+      </c>
+      <c r="F39" s="67" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G39" s="189">
+        <v>23552</v>
+      </c>
+      <c r="J39" s="65"/>
+    </row>
+    <row r="40" spans="1:10" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A40" s="186" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B40" s="187" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C40" s="187" t="s">
+        <v>526</v>
+      </c>
+      <c r="D40" s="187" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E40" s="188">
+        <v>39145</v>
+      </c>
+      <c r="F40" s="187" t="s">
+        <v>32</v>
+      </c>
+      <c r="G40" s="201">
+        <v>17982</v>
+      </c>
+      <c r="J40" s="65"/>
+    </row>
+    <row r="41" spans="1:10" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A41" s="186" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B41" s="187" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C41" s="187" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D41" s="187" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E41" s="188">
+        <v>44604</v>
+      </c>
+      <c r="F41" s="187" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G41" s="201">
+        <v>36840</v>
+      </c>
+      <c r="J41" s="65"/>
+    </row>
+    <row r="42" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A42" s="148" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B42" s="67" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C42" s="67" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D42" s="67" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E42" s="109">
+        <v>44724</v>
+      </c>
+      <c r="F42" s="67" t="s">
+        <v>241</v>
+      </c>
+      <c r="G42" s="189">
+        <v>36840</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A43" s="148" t="s">
+        <v>949</v>
+      </c>
+      <c r="B43" s="67" t="s">
+        <v>950</v>
+      </c>
+      <c r="C43" s="67" t="s">
+        <v>951</v>
+      </c>
+      <c r="D43" s="67" t="s">
+        <v>952</v>
+      </c>
+      <c r="E43" s="68">
+        <v>39627</v>
+      </c>
+      <c r="F43" s="67" t="s">
+        <v>157</v>
+      </c>
+      <c r="G43" s="176">
+        <v>31713</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A44" s="148" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B44" s="67" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C44" s="199" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D44" s="199" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E44" s="109">
+        <v>38500</v>
+      </c>
+      <c r="F44" s="67" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G44" s="201">
+        <v>28967</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A45" s="148" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="67" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C45" s="67" t="s">
+        <v>646</v>
+      </c>
+      <c r="D45" s="67" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E45" s="109">
+        <v>26474</v>
+      </c>
+      <c r="F45" s="67" t="s">
+        <v>32</v>
+      </c>
+      <c r="G45" s="189">
+        <v>18083</v>
+      </c>
+      <c r="J45" s="65"/>
+    </row>
+    <row r="46" spans="1:10" s="312" customFormat="1" ht="10.199999999999999">
+      <c r="A46" s="148" t="s">
+        <v>54</v>
+      </c>
+      <c r="B46" s="67" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C46" s="67" t="s">
+        <v>35</v>
+      </c>
+      <c r="D46" s="67" t="s">
+        <v>958</v>
+      </c>
+      <c r="E46" s="68">
+        <v>42222</v>
+      </c>
+      <c r="F46" s="67" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G46" s="176">
+        <v>34099</v>
+      </c>
+      <c r="J46" s="65"/>
+    </row>
+    <row r="47" spans="1:10" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A47" s="148" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B47" s="67" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C47" s="67" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D47" s="67" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E47" s="68">
+        <v>45053</v>
+      </c>
+      <c r="F47" s="67" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G47" s="189">
+        <v>37727</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A48" s="148" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B48" s="67" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C48" s="67" t="s">
+        <v>884</v>
+      </c>
+      <c r="D48" s="67" t="s">
+        <v>885</v>
+      </c>
+      <c r="E48" s="109">
+        <v>42547</v>
+      </c>
+      <c r="F48" s="347" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G48" s="179">
+        <v>33535</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A49" s="180" t="s">
+        <v>890</v>
+      </c>
+      <c r="B49" s="72" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C49" s="72" t="s">
+        <v>634</v>
+      </c>
+      <c r="D49" s="72" t="s">
+        <v>888</v>
+      </c>
+      <c r="E49" s="73">
+        <v>44716</v>
+      </c>
+      <c r="F49" s="72" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G49" s="177">
+        <v>33376</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A50" s="157" t="s">
+        <v>964</v>
+      </c>
+      <c r="B50" s="67" t="s">
+        <v>893</v>
+      </c>
+      <c r="C50" s="67" t="s">
+        <v>894</v>
+      </c>
+      <c r="D50" s="67" t="s">
+        <v>895</v>
+      </c>
+      <c r="E50" s="109">
+        <v>24319</v>
+      </c>
+      <c r="F50" s="67" t="s">
+        <v>1221</v>
+      </c>
+      <c r="G50" s="189">
+        <v>15533</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A51" s="299" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B51" s="67" t="s">
+        <v>967</v>
+      </c>
+      <c r="C51" s="67" t="s">
+        <v>968</v>
+      </c>
+      <c r="D51" s="67" t="s">
+        <v>948</v>
+      </c>
+      <c r="E51" s="109">
+        <v>31564</v>
+      </c>
+      <c r="F51" s="67" t="s">
+        <v>538</v>
+      </c>
+      <c r="G51" s="189">
+        <v>24653</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A52" s="148" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B52" s="67" t="s">
+        <v>971</v>
+      </c>
+      <c r="C52" s="67" t="s">
+        <v>904</v>
+      </c>
+      <c r="D52" s="67" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E52" s="109">
+        <v>24585</v>
+      </c>
+      <c r="F52" s="67" t="s">
+        <v>972</v>
+      </c>
+      <c r="G52" s="189">
+        <v>16805</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A53" s="148" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B53" s="72" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C53" s="311" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D53" s="311" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E53" s="203">
+        <v>41790</v>
+      </c>
+      <c r="F53" s="75" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G53" s="204">
+        <v>29730</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A54" s="84" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B54" s="97" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C54" s="84" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D54" s="84" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E54" s="86">
+        <v>41630</v>
+      </c>
+      <c r="F54" s="84" t="s">
+        <v>315</v>
+      </c>
+      <c r="G54" s="202">
+        <v>34200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A55" s="75"/>
+      <c r="B55" s="75" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C55" s="134" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D55" s="75" t="s">
+        <v>397</v>
+      </c>
+      <c r="E55" s="135" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F55" s="134"/>
+      <c r="G55" s="204"/>
+    </row>
+    <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A56" s="75"/>
+      <c r="B56" s="75" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C56" s="75" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D56" s="75" t="s">
+        <v>176</v>
+      </c>
+      <c r="E56" s="135" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F56" s="134"/>
+      <c r="G56" s="204"/>
+    </row>
+    <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A57" s="67"/>
+      <c r="B57" s="132" t="s">
+        <v>96</v>
+      </c>
+      <c r="C57" s="132" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D57" s="132"/>
+      <c r="E57" s="133"/>
+      <c r="F57" s="132"/>
+      <c r="G57" s="189"/>
+    </row>
+    <row r="58" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A58" s="84" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B58" s="75" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C58" s="84" t="s">
         <v>1240</v>
       </c>
-      <c r="D35" s="570" t="s">
-[...468 lines deleted...]
-      <c r="E56" s="86">
+      <c r="D58" s="84" t="s">
+        <v>561</v>
+      </c>
+      <c r="E58" s="86">
         <v>44976</v>
       </c>
-      <c r="F56" s="84" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="203">
+      <c r="F58" s="84" t="s">
+        <v>961</v>
+      </c>
+      <c r="G58" s="202">
         <v>36015</v>
       </c>
     </row>
-    <row r="57" spans="1:7" s="298" customFormat="1" ht="11.25" customHeight="1">
-[...33 lines deleted...]
-    <row r="59" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="59" spans="1:7" s="297" customFormat="1" ht="11.25" customHeight="1">
       <c r="A59" s="75"/>
       <c r="B59" s="75" t="s">
-        <v>1313</v>
+        <v>1304</v>
       </c>
       <c r="C59" s="75" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D59" s="75" t="s">
+        <v>397</v>
+      </c>
+      <c r="E59" s="79" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F59" s="75"/>
+      <c r="G59" s="204"/>
+    </row>
+    <row r="60" spans="1:7" s="297" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A60" s="75"/>
+      <c r="B60" s="75" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C60" s="75" t="s">
         <v>1619</v>
       </c>
-      <c r="D59" s="75" t="s">
+      <c r="D60" s="75" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" s="79" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F60" s="75"/>
+      <c r="G60" s="204"/>
+    </row>
+    <row r="61" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A61" s="75"/>
+      <c r="B61" s="75" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C61" s="75" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D61" s="75" t="s">
         <v>176</v>
       </c>
-      <c r="E59" s="79" t="s">
-[...7 lines deleted...]
-      <c r="B60" s="75" t="s">
+      <c r="E61" s="79" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F61" s="75"/>
+      <c r="G61" s="204"/>
+    </row>
+    <row r="62" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A62" s="67"/>
+      <c r="B62" s="75" t="s">
         <v>96</v>
       </c>
-      <c r="C60" s="75" t="s">
-[...11 lines deleted...]
-      <c r="B61" s="84" t="s">
+      <c r="C62" s="75" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D62" s="75"/>
+      <c r="E62" s="79"/>
+      <c r="F62" s="75"/>
+      <c r="G62" s="189"/>
+    </row>
+    <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A63" s="148" t="s">
+        <v>976</v>
+      </c>
+      <c r="B63" s="84" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C63" s="84" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D63" s="84" t="s">
+        <v>561</v>
+      </c>
+      <c r="E63" s="86">
+        <v>43632</v>
+      </c>
+      <c r="F63" s="84" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G63" s="202">
+        <v>36015</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A64" s="157"/>
+      <c r="B64" s="75" t="s">
+        <v>205</v>
+      </c>
+      <c r="C64" s="75" t="s">
         <v>1348</v>
       </c>
-      <c r="C61" s="84" t="s">
-[...23 lines deleted...]
-      <c r="D62" s="75" t="s">
+      <c r="D64" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="E62" s="372" t="s">
-[...7 lines deleted...]
-      <c r="B63" s="75" t="s">
+      <c r="E64" s="371" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F64" s="75"/>
+      <c r="G64" s="204"/>
+    </row>
+    <row r="65" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A65" s="157"/>
+      <c r="B65" s="75" t="s">
         <v>394</v>
       </c>
-      <c r="C63" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D63" s="75" t="s">
+      <c r="C65" s="82" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D65" s="75" t="s">
         <v>202</v>
       </c>
-      <c r="E63" s="367" t="s">
-[...34 lines deleted...]
-        <v>1514</v>
+      <c r="E65" s="366" t="s">
+        <v>1511</v>
       </c>
       <c r="F65" s="75"/>
-      <c r="G65" s="205"/>
+      <c r="G65" s="204"/>
     </row>
     <row r="66" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A66" s="75"/>
       <c r="B66" s="75" t="s">
+        <v>416</v>
+      </c>
+      <c r="C66" s="366" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D66" s="75" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E66" s="366" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F66" s="75"/>
+      <c r="G66" s="204"/>
+    </row>
+    <row r="67" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A67" s="75"/>
+      <c r="B67" s="75" t="s">
+        <v>638</v>
+      </c>
+      <c r="C67" s="75" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D67" s="75" t="s">
+        <v>176</v>
+      </c>
+      <c r="E67" s="366" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F67" s="75"/>
+      <c r="G67" s="204"/>
+    </row>
+    <row r="68" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A68" s="75"/>
+      <c r="B68" s="75" t="s">
         <v>399</v>
       </c>
-      <c r="C66" s="75" t="s">
-[...2 lines deleted...]
-      <c r="D66" s="75" t="s">
+      <c r="C68" s="75" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D68" s="75" t="s">
         <v>426</v>
       </c>
-      <c r="E66" s="367" t="s">
-[...15 lines deleted...]
-      <c r="A68" s="193" t="s">
+      <c r="E68" s="366" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F68" s="75"/>
+      <c r="G68" s="204"/>
+    </row>
+    <row r="69" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A69" s="367"/>
+      <c r="B69" s="368"/>
+      <c r="C69" s="368"/>
+      <c r="D69" s="368"/>
+      <c r="E69" s="369"/>
+      <c r="F69" s="368"/>
+      <c r="G69" s="370"/>
+    </row>
+    <row r="70" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
+      <c r="A70" s="192" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B70" s="205"/>
+      <c r="C70" s="205"/>
+      <c r="D70" s="205"/>
+      <c r="E70" s="206"/>
+      <c r="F70" s="205"/>
+      <c r="G70" s="191"/>
+    </row>
+    <row r="71" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A71" s="65" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E71" s="207"/>
+      <c r="G71" s="174"/>
+    </row>
+    <row r="72" spans="1:7" s="65" customFormat="1" ht="18">
+      <c r="B72" s="310" t="s">
         <v>1082</v>
       </c>
-      <c r="B68" s="206"/>
-[...7 lines deleted...]
-      <c r="A69" s="65" t="s">
+      <c r="C72" s="208"/>
+      <c r="D72" s="208"/>
+      <c r="E72" s="208"/>
+      <c r="F72" s="208"/>
+      <c r="G72" s="174"/>
+    </row>
+    <row r="73" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="E73" s="207"/>
+      <c r="G73" s="174"/>
+    </row>
+    <row r="74" spans="1:7" s="65" customFormat="1">
+      <c r="E74" s="207"/>
+      <c r="F74" s="105" t="s">
+        <v>1</v>
+      </c>
+      <c r="G74" s="26">
+        <v>43769</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A75" s="65"/>
+      <c r="B75" s="65"/>
+      <c r="C75" s="65"/>
+      <c r="D75" s="65"/>
+      <c r="E75" s="207"/>
+      <c r="F75" s="65"/>
+      <c r="G75" s="174"/>
+    </row>
+    <row r="76" spans="1:7" s="298" customFormat="1" ht="10.8">
+      <c r="A76" s="209" t="s">
+        <v>2</v>
+      </c>
+      <c r="B76" s="210" t="s">
+        <v>3</v>
+      </c>
+      <c r="C76" s="211" t="s">
+        <v>4</v>
+      </c>
+      <c r="D76" s="210" t="s">
+        <v>5</v>
+      </c>
+      <c r="E76" s="212" t="s">
+        <v>6</v>
+      </c>
+      <c r="F76" s="211" t="s">
+        <v>7</v>
+      </c>
+      <c r="G76" s="213" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A77" s="97" t="s">
         <v>1083</v>
       </c>
-      <c r="E69" s="208"/>
-[...3 lines deleted...]
-      <c r="B70" s="311" t="s">
+      <c r="B77" s="84" t="s">
         <v>1084</v>
       </c>
-      <c r="C70" s="209"/>
-[...51 lines deleted...]
-      <c r="A75" s="97" t="s">
+      <c r="C77" s="84" t="s">
+        <v>67</v>
+      </c>
+      <c r="D77" s="84" t="s">
+        <v>67</v>
+      </c>
+      <c r="E77" s="214">
+        <v>37171</v>
+      </c>
+      <c r="F77" s="84" t="s">
         <v>1085</v>
       </c>
-      <c r="B75" s="84" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="84" t="s">
+      <c r="G77" s="86" t="s">
         <v>67</v>
       </c>
-      <c r="D75" s="84" t="s">
-[...44 lines deleted...]
-      </c>
     </row>
     <row r="78" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A78" s="135"/>
+      <c r="A78" s="134"/>
       <c r="B78" s="75"/>
       <c r="C78" s="75" t="s">
-        <v>1090</v>
+        <v>647</v>
       </c>
       <c r="D78" s="75" t="s">
-        <v>1019</v>
+        <v>648</v>
       </c>
       <c r="E78" s="89" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="F78" s="75"/>
       <c r="G78" s="79">
+        <v>30001</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A79" s="134"/>
+      <c r="B79" s="75"/>
+      <c r="C79" s="75" t="s">
+        <v>879</v>
+      </c>
+      <c r="D79" s="75" t="s">
+        <v>880</v>
+      </c>
+      <c r="E79" s="89" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F79" s="75"/>
+      <c r="G79" s="79">
+        <v>27972</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A80" s="134"/>
+      <c r="B80" s="75"/>
+      <c r="C80" s="75" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D80" s="75" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E80" s="89" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F80" s="75"/>
+      <c r="G80" s="79">
         <v>28005</v>
       </c>
     </row>
-    <row r="79" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-[...8 lines deleted...]
-      <c r="E79" s="216" t="s">
+    <row r="81" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A81" s="134"/>
+      <c r="B81" s="67"/>
+      <c r="C81" s="67" t="s">
+        <v>919</v>
+      </c>
+      <c r="D81" s="67" t="s">
+        <v>920</v>
+      </c>
+      <c r="E81" s="215" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F81" s="67"/>
+      <c r="G81" s="68">
+        <v>28852</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="A82" s="97" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B82" s="75" t="s">
         <v>1091</v>
       </c>
-      <c r="F79" s="67"/>
-      <c r="G79" s="68">
+      <c r="C82" s="75" t="s">
+        <v>919</v>
+      </c>
+      <c r="D82" s="75" t="s">
+        <v>920</v>
+      </c>
+      <c r="E82" s="216">
+        <v>36659</v>
+      </c>
+      <c r="F82" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="G82" s="79">
         <v>28852</v>
       </c>
     </row>
-    <row r="80" spans="1:7" s="299" customFormat="1" ht="10.199999999999999">
-      <c r="A80" s="97" t="s">
+    <row r="83" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A83" s="134"/>
+      <c r="B83" s="75"/>
+      <c r="C83" s="75" t="s">
         <v>1092</v>
       </c>
-      <c r="B80" s="75" t="s">
+      <c r="D83" s="75" t="s">
         <v>1093</v>
       </c>
-      <c r="C80" s="75" t="s">
-[...18 lines deleted...]
-      <c r="C81" s="75" t="s">
+      <c r="E83" s="89"/>
+      <c r="F83" s="75"/>
+      <c r="G83" s="79">
+        <v>28429</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A84" s="134"/>
+      <c r="B84" s="75"/>
+      <c r="C84" s="75" t="s">
+        <v>879</v>
+      </c>
+      <c r="D84" s="75" t="s">
+        <v>880</v>
+      </c>
+      <c r="E84" s="89"/>
+      <c r="F84" s="75"/>
+      <c r="G84" s="79">
+        <v>27972</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A85" s="134"/>
+      <c r="B85" s="67"/>
+      <c r="C85" s="67" t="s">
+        <v>647</v>
+      </c>
+      <c r="D85" s="67" t="s">
+        <v>984</v>
+      </c>
+      <c r="E85" s="215"/>
+      <c r="F85" s="67"/>
+      <c r="G85" s="68">
+        <v>30952</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A86" s="300" t="s">
         <v>1094</v>
       </c>
-      <c r="D81" s="75" t="s">
+      <c r="B86" s="301" t="s">
         <v>1095</v>
       </c>
-      <c r="E81" s="89"/>
-[...36 lines deleted...]
-      <c r="A84" s="301" t="s">
+      <c r="C86" s="301" t="s">
+        <v>67</v>
+      </c>
+      <c r="D86" s="301" t="s">
+        <v>67</v>
+      </c>
+      <c r="E86" s="302">
+        <v>29064</v>
+      </c>
+      <c r="F86" s="301" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G86" s="303"/>
+    </row>
+    <row r="87" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A87" s="340"/>
+      <c r="B87" s="301"/>
+      <c r="C87" s="301" t="s">
         <v>1096</v>
       </c>
-      <c r="B84" s="302" t="s">
+      <c r="D87" s="301" t="s">
         <v>1097</v>
       </c>
-      <c r="C84" s="302" t="s">
+      <c r="E87" s="302"/>
+      <c r="F87" s="301"/>
+      <c r="G87" s="303"/>
+    </row>
+    <row r="88" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A88" s="134"/>
+      <c r="B88" s="75"/>
+      <c r="C88" s="218" t="s">
+        <v>995</v>
+      </c>
+      <c r="D88" s="218" t="s">
+        <v>519</v>
+      </c>
+      <c r="E88" s="89"/>
+      <c r="F88" s="75"/>
+      <c r="G88" s="220">
+        <v>18103</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A89" s="134"/>
+      <c r="B89" s="75"/>
+      <c r="C89" s="218" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D89" s="218" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E89" s="89"/>
+      <c r="F89" s="75"/>
+      <c r="G89" s="220">
+        <v>21005</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A90" s="134"/>
+      <c r="B90" s="67"/>
+      <c r="C90" s="121" t="s">
+        <v>297</v>
+      </c>
+      <c r="D90" s="121" t="s">
+        <v>913</v>
+      </c>
+      <c r="E90" s="215"/>
+      <c r="F90" s="67"/>
+      <c r="G90" s="122">
+        <v>19387</v>
+      </c>
+      <c r="M90" s="466">
+        <v>6.1724537037037036E-2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A91" s="217" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B91" s="218" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C91" s="218" t="s">
         <v>67</v>
       </c>
-      <c r="D84" s="302" t="s">
+      <c r="D91" s="218" t="s">
         <v>67</v>
       </c>
-      <c r="E84" s="303">
-[...26 lines deleted...]
-      <c r="D86" s="219" t="s">
+      <c r="E91" s="219">
+        <v>33786</v>
+      </c>
+      <c r="F91" s="218" t="s">
+        <v>322</v>
+      </c>
+      <c r="G91" s="220" t="s">
+        <v>67</v>
+      </c>
+      <c r="M91" s="466">
+        <v>6.0509259259259263E-2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A92" s="223"/>
+      <c r="B92" s="218"/>
+      <c r="C92" s="218" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D92" s="218" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E92" s="219"/>
+      <c r="F92" s="218"/>
+      <c r="G92" s="220">
+        <v>23616</v>
+      </c>
+      <c r="M92" s="465">
+        <f>M90-M91</f>
+        <v>1.2152777777777735E-3</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A93" s="304"/>
+      <c r="B93" s="305"/>
+      <c r="C93" s="301" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D93" s="301" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E93" s="305"/>
+      <c r="F93" s="305"/>
+      <c r="G93" s="306">
+        <v>26837</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A94" s="134"/>
+      <c r="B94" s="75"/>
+      <c r="C94" s="218" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D94" s="218" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E94" s="89"/>
+      <c r="F94" s="75"/>
+      <c r="G94" s="220">
+        <v>23244</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A95" s="134"/>
+      <c r="B95" s="67"/>
+      <c r="C95" s="121" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D95" s="121" t="s">
+        <v>837</v>
+      </c>
+      <c r="E95" s="215"/>
+      <c r="F95" s="67"/>
+      <c r="G95" s="122">
+        <v>23325</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A96" s="217" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B96" s="218" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C96" s="218" t="s">
+        <v>67</v>
+      </c>
+      <c r="D96" s="218" t="s">
+        <v>67</v>
+      </c>
+      <c r="E96" s="221" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F96" s="75"/>
+      <c r="G96" s="220" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A97" s="223"/>
+      <c r="B97" s="218"/>
+      <c r="C97" s="218" t="s">
+        <v>869</v>
+      </c>
+      <c r="D97" s="218" t="s">
+        <v>870</v>
+      </c>
+      <c r="E97" s="221"/>
+      <c r="F97" s="75"/>
+      <c r="G97" s="220">
+        <v>22371</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A98" s="134"/>
+      <c r="B98" s="75"/>
+      <c r="C98" s="218" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D98" s="218" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E98" s="89"/>
+      <c r="F98" s="75"/>
+      <c r="G98" s="220">
+        <v>19147</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A99" s="134"/>
+      <c r="B99" s="75"/>
+      <c r="C99" s="218" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D99" s="218" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E99" s="89"/>
+      <c r="F99" s="75"/>
+      <c r="G99" s="220">
+        <v>22497</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A100" s="132"/>
+      <c r="B100" s="67"/>
+      <c r="C100" s="121" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D100" s="121" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E100" s="215"/>
+      <c r="F100" s="67"/>
+      <c r="G100" s="122">
+        <v>19530</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A101" s="97" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B101" s="222" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C101" s="84"/>
+      <c r="D101" s="84"/>
+      <c r="E101" s="341">
+        <v>35708</v>
+      </c>
+      <c r="F101" s="222" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G101" s="86"/>
+    </row>
+    <row r="102" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A102" s="223" t="s">
+        <v>931</v>
+      </c>
+      <c r="B102" s="75"/>
+      <c r="C102" s="218" t="s">
+        <v>685</v>
+      </c>
+      <c r="D102" s="218" t="s">
+        <v>845</v>
+      </c>
+      <c r="E102" s="221" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F102" s="75"/>
+      <c r="G102" s="220">
+        <v>28674</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A103" s="223" t="s">
+        <v>936</v>
+      </c>
+      <c r="B103" s="75"/>
+      <c r="C103" s="218" t="s">
+        <v>526</v>
+      </c>
+      <c r="D103" s="218" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E103" s="221" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F103" s="75"/>
+      <c r="G103" s="220">
+        <v>17982</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A104" s="223" t="s">
+        <v>931</v>
+      </c>
+      <c r="B104" s="75"/>
+      <c r="C104" s="218" t="s">
+        <v>335</v>
+      </c>
+      <c r="D104" s="218" t="s">
+        <v>504</v>
+      </c>
+      <c r="E104" s="221" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F104" s="75"/>
+      <c r="G104" s="220">
+        <v>17325</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A105" s="224" t="s">
+        <v>931</v>
+      </c>
+      <c r="B105" s="67"/>
+      <c r="C105" s="121" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D105" s="121" t="s">
         <v>519</v>
       </c>
-      <c r="E86" s="89"/>
-[...213 lines deleted...]
-      <c r="B99" s="223" t="s">
+      <c r="E105" s="225" t="s">
         <v>1118</v>
       </c>
-      <c r="C99" s="84"/>
-[...81 lines deleted...]
-      <c r="G103" s="122">
+      <c r="F105" s="67"/>
+      <c r="G105" s="122">
         <v>20879</v>
       </c>
     </row>
-    <row r="104" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...8 lines deleted...]
-      <c r="E104" s="217">
+    <row r="106" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A106" s="97" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B106" s="75" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C106" s="75"/>
+      <c r="D106" s="75"/>
+      <c r="E106" s="216">
         <v>44843</v>
       </c>
-      <c r="F104" s="75" t="s">
-[...8 lines deleted...]
-      <c r="B105" s="493">
+      <c r="F106" s="75" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G106" s="79"/>
+    </row>
+    <row r="107" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A107" s="134" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B107" s="492">
         <v>1.1145833333333334E-2</v>
       </c>
-      <c r="C105" s="75" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="C107" s="75" t="s">
-        <v>1383</v>
+        <v>1340</v>
       </c>
       <c r="D107" s="75" t="s">
-        <v>1236</v>
+        <v>1341</v>
       </c>
       <c r="E107" s="89" t="s">
-        <v>1377</v>
+        <v>1481</v>
       </c>
       <c r="F107" s="75"/>
       <c r="G107" s="79">
+        <v>39059</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A108" s="134" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B108" s="492">
+        <v>1.7465277777777777E-2</v>
+      </c>
+      <c r="C108" s="371" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D108" s="371" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E108" s="412" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F108" s="371"/>
+      <c r="G108" s="493">
+        <v>34828</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A109" s="134" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B109" s="492">
+        <v>1.7685185185185182E-2</v>
+      </c>
+      <c r="C109" s="75" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D109" s="75" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E109" s="89" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F109" s="75"/>
+      <c r="G109" s="79">
         <v>27249</v>
       </c>
     </row>
-    <row r="108" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-      <c r="A108" s="135" t="s">
+    <row r="110" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A110" s="134" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B110" s="492">
+        <v>1.5428240740740741E-2</v>
+      </c>
+      <c r="C110" s="75" t="s">
         <v>1382</v>
       </c>
-      <c r="B108" s="493">
-[...12 lines deleted...]
-      <c r="G108" s="79">
+      <c r="D110" s="75" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E110" s="89" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F110" s="75"/>
+      <c r="G110" s="79">
         <v>37118</v>
       </c>
     </row>
-    <row r="109" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...3 lines deleted...]
-      <c r="B109" s="495" t="s">
+    <row r="111" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A111" s="97" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B111" s="494" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C111" s="494"/>
+      <c r="D111" s="494"/>
+      <c r="E111" s="495">
+        <v>44871</v>
+      </c>
+      <c r="F111" s="494" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G111" s="494"/>
+    </row>
+    <row r="112" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A112" s="134" t="s">
+        <v>859</v>
+      </c>
+      <c r="B112" s="138" t="s">
         <v>1571</v>
       </c>
-      <c r="C109" s="495"/>
-[...4 lines deleted...]
-      <c r="F109" s="495" t="s">
+      <c r="C112" s="134" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D112" s="134" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E112" s="496" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F112" s="112"/>
+      <c r="G112" s="497">
+        <v>35671</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A113" s="134" t="s">
+        <v>437</v>
+      </c>
+      <c r="B113" s="112" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C113" s="75" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D113" s="75" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E113" s="203" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F113" s="75" t="s">
+        <v>67</v>
+      </c>
+      <c r="G113" s="498">
+        <v>37168</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A114" s="134" t="s">
+        <v>859</v>
+      </c>
+      <c r="B114" s="112" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C114" s="134" t="s">
         <v>1572</v>
       </c>
-      <c r="G109" s="495"/>
-[...5 lines deleted...]
-      <c r="B110" s="139" t="s">
+      <c r="D114" s="134" t="s">
         <v>1573</v>
       </c>
-      <c r="C110" s="135" t="s">
-[...2 lines deleted...]
-      <c r="D110" s="135" t="s">
+      <c r="E114" s="496" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F114" s="112"/>
+      <c r="G114" s="497">
+        <v>34872</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A115" s="134" t="s">
+        <v>437</v>
+      </c>
+      <c r="B115" s="112" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C115" s="75" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D115" s="134" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E115" s="496" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F115" s="138"/>
+      <c r="G115" s="497">
+        <v>37120</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A116" s="134" t="s">
+        <v>859</v>
+      </c>
+      <c r="B116" s="138" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C116" s="134" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D116" s="134" t="s">
         <v>1560</v>
       </c>
-      <c r="E110" s="497" t="s">
-[...55 lines deleted...]
-      <c r="B113" s="112" t="s">
+      <c r="E116" s="496" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F116" s="112"/>
+      <c r="G116" s="497">
+        <v>37120</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A117" s="132" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B117" s="499" t="s">
         <v>1579</v>
       </c>
-      <c r="C113" s="75" t="s">
-[...51 lines deleted...]
-      <c r="G115" s="502">
+      <c r="C117" s="132" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D117" s="132" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E117" s="500" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F117" s="99"/>
+      <c r="G117" s="501">
         <v>36430</v>
       </c>
     </row>
-    <row r="116" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...8 lines deleted...]
-      <c r="E116" s="458">
+    <row r="118" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A118" s="95" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B118" s="95" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C118" s="95"/>
+      <c r="D118" s="95"/>
+      <c r="E118" s="457">
         <v>44478</v>
       </c>
-      <c r="F116" s="95" t="s">
-[...42 lines deleted...]
-    <row r="119" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="F118" s="95" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G118" s="467"/>
+    </row>
+    <row r="119" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A119" s="91" t="s">
-        <v>286</v>
+        <v>1468</v>
       </c>
       <c r="B119" s="91"/>
       <c r="C119" s="91" t="s">
-        <v>1561</v>
+        <v>1556</v>
       </c>
       <c r="D119" s="91" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>1379</v>
+        <v>1557</v>
+      </c>
+      <c r="E119" s="459" t="s">
+        <v>1465</v>
       </c>
       <c r="F119" s="91"/>
-      <c r="G119" s="469">
+      <c r="G119" s="468">
+        <v>36209</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A120" s="91" t="s">
+        <v>416</v>
+      </c>
+      <c r="B120" s="91"/>
+      <c r="C120" s="91" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D120" s="91" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E120" s="459" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F120" s="91"/>
+      <c r="G120" s="468">
+        <v>35671</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A121" s="91" t="s">
+        <v>286</v>
+      </c>
+      <c r="B121" s="91"/>
+      <c r="C121" s="91" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D121" s="91" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E121" s="459" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F121" s="91"/>
+      <c r="G121" s="468">
         <v>37120</v>
       </c>
     </row>
-    <row r="120" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...14 lines deleted...]
-      <c r="G120" s="471">
+    <row r="122" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A122" s="353" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B122" s="353"/>
+      <c r="C122" s="353" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D122" s="353" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E122" s="469" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F122" s="353"/>
+      <c r="G122" s="470">
         <v>37168</v>
       </c>
     </row>
-    <row r="121" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-[...4 lines deleted...]
-    </row>
     <row r="123" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E123" s="208"/>
+      <c r="E123" s="207"/>
     </row>
     <row r="124" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E124" s="208"/>
+      <c r="E124" s="207"/>
     </row>
     <row r="125" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E125" s="208"/>
+      <c r="E125" s="207"/>
     </row>
     <row r="126" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E126" s="208"/>
+      <c r="E126" s="207"/>
     </row>
     <row r="127" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E127" s="208"/>
+      <c r="E127" s="207"/>
     </row>
     <row r="128" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E128" s="208"/>
+      <c r="E128" s="207"/>
     </row>
     <row r="129" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="E129" s="208"/>
-[...17 lines deleted...]
-      <c r="G131" s="65"/>
+      <c r="E129" s="207"/>
+    </row>
+    <row r="130" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="E130" s="207"/>
+    </row>
+    <row r="131" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="E131" s="207"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="65"/>
       <c r="B132" s="65"/>
       <c r="C132" s="65"/>
       <c r="D132" s="65"/>
-      <c r="E132" s="208"/>
+      <c r="E132" s="207"/>
       <c r="F132" s="65"/>
       <c r="G132" s="65"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="65"/>
       <c r="B133" s="65"/>
       <c r="C133" s="65"/>
       <c r="D133" s="65"/>
-      <c r="E133" s="208"/>
+      <c r="E133" s="207"/>
       <c r="F133" s="65"/>
       <c r="G133" s="65"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="65"/>
       <c r="B134" s="65"/>
       <c r="C134" s="65"/>
       <c r="D134" s="65"/>
-      <c r="E134" s="208"/>
+      <c r="E134" s="207"/>
       <c r="F134" s="65"/>
       <c r="G134" s="65"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="65"/>
       <c r="B135" s="65"/>
       <c r="C135" s="65"/>
       <c r="D135" s="65"/>
-      <c r="E135" s="208"/>
+      <c r="E135" s="207"/>
       <c r="F135" s="65"/>
       <c r="G135" s="65"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="65"/>
       <c r="B136" s="65"/>
       <c r="C136" s="65"/>
       <c r="D136" s="65"/>
-      <c r="E136" s="208"/>
+      <c r="E136" s="207"/>
       <c r="F136" s="65"/>
       <c r="G136" s="65"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="65"/>
       <c r="B137" s="65"/>
       <c r="C137" s="65"/>
       <c r="D137" s="65"/>
-      <c r="E137" s="208"/>
+      <c r="E137" s="207"/>
       <c r="F137" s="65"/>
       <c r="G137" s="65"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="65"/>
       <c r="B138" s="65"/>
       <c r="C138" s="65"/>
       <c r="D138" s="65"/>
-      <c r="E138" s="208"/>
+      <c r="E138" s="207"/>
       <c r="F138" s="65"/>
       <c r="G138" s="65"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="65"/>
       <c r="B139" s="65"/>
       <c r="C139" s="65"/>
       <c r="D139" s="65"/>
-      <c r="E139" s="208"/>
+      <c r="E139" s="207"/>
       <c r="F139" s="65"/>
       <c r="G139" s="65"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="65"/>
       <c r="B140" s="65"/>
       <c r="C140" s="65"/>
       <c r="D140" s="65"/>
-      <c r="E140" s="208"/>
+      <c r="E140" s="207"/>
       <c r="F140" s="65"/>
       <c r="G140" s="65"/>
     </row>
     <row r="141" spans="1:7">
-      <c r="E141" s="60"/>
+      <c r="A141" s="65"/>
+      <c r="B141" s="65"/>
+      <c r="C141" s="65"/>
+      <c r="D141" s="65"/>
+      <c r="E141" s="207"/>
+      <c r="F141" s="65"/>
+      <c r="G141" s="65"/>
     </row>
     <row r="142" spans="1:7">
-      <c r="E142" s="60"/>
+      <c r="A142" s="65"/>
+      <c r="B142" s="65"/>
+      <c r="C142" s="65"/>
+      <c r="D142" s="65"/>
+      <c r="E142" s="207"/>
+      <c r="F142" s="65"/>
+      <c r="G142" s="65"/>
     </row>
     <row r="143" spans="1:7">
       <c r="E143" s="60"/>
+    </row>
+    <row r="144" spans="1:7">
+      <c r="E144" s="60"/>
+    </row>
+    <row r="145" spans="5:5">
+      <c r="E145" s="60"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="A2:G215"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="C47" sqref="C47"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I18" sqref="I18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="17.6640625" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
     <col min="6" max="6" width="15" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>528</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="10.8">
-      <c r="A6" s="183" t="s">
+      <c r="A6" s="182" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="184" t="s">
+      <c r="B6" s="183" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="185" t="s">
+      <c r="C6" s="184" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="184" t="s">
+      <c r="D6" s="183" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="184" t="s">
+      <c r="E6" s="183" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="185" t="s">
+      <c r="F6" s="184" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="195" t="s">
+      <c r="G6" s="194" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A7" s="158" t="s">
+      <c r="A7" s="157" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B7" s="67" t="s">
         <v>1597</v>
       </c>
-      <c r="B7" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="67" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D7" s="67" t="s">
         <v>519</v>
       </c>
       <c r="E7" s="68">
         <v>38732</v>
       </c>
       <c r="F7" s="76" t="s">
         <v>315</v>
       </c>
-      <c r="G7" s="190">
+      <c r="G7" s="189">
         <v>21743</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A8" s="149" t="s">
-        <v>573</v>
+      <c r="A8" s="148" t="s">
+        <v>572</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="C8" s="67" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D8" s="67" t="s">
         <v>519</v>
       </c>
-      <c r="E8" s="227">
+      <c r="E8" s="226">
         <v>38101</v>
       </c>
-      <c r="F8" s="228" t="s">
+      <c r="F8" s="227" t="s">
         <v>99</v>
       </c>
-      <c r="G8" s="190">
+      <c r="G8" s="189">
         <v>21743</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A9" s="149" t="s">
-        <v>769</v>
+      <c r="A9" s="148" t="s">
+        <v>767</v>
       </c>
       <c r="B9" s="67" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
       <c r="C9" s="67" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="D9" s="67" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="E9" s="227">
+        <v>1035</v>
+      </c>
+      <c r="E9" s="226">
         <v>40327</v>
       </c>
       <c r="F9" s="121" t="s">
         <v>241</v>
       </c>
-      <c r="G9" s="190">
+      <c r="G9" s="189">
         <v>25151</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A10" s="196" t="s">
-        <v>924</v>
+      <c r="A10" s="195" t="s">
+        <v>922</v>
       </c>
       <c r="B10" s="121" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="C10" s="67" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="D10" s="67" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="E10" s="122">
         <v>40327</v>
       </c>
       <c r="F10" s="121" t="s">
         <v>241</v>
       </c>
-      <c r="G10" s="190">
+      <c r="G10" s="189">
         <v>25151</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A11" s="149" t="s">
-        <v>775</v>
+      <c r="A11" s="148" t="s">
+        <v>773</v>
       </c>
       <c r="B11" s="67" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="C11" s="67" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="D11" s="67" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="E11" s="68">
         <v>40334</v>
       </c>
       <c r="F11" s="67" t="s">
         <v>79</v>
       </c>
-      <c r="G11" s="190">
+      <c r="G11" s="189">
         <v>25151</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>582</v>
+    <row r="12" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A12" s="148" t="s">
+        <v>581</v>
       </c>
       <c r="B12" s="67" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="C12" s="67" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="D12" s="67" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="E12" s="68">
         <v>41094</v>
       </c>
       <c r="F12" s="67" t="s">
         <v>79</v>
       </c>
-      <c r="G12" s="190">
+      <c r="G12" s="189">
         <v>25151</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>778</v>
+    <row r="13" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A13" s="148" t="s">
+        <v>776</v>
       </c>
       <c r="B13" s="67" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="C13" s="67" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="D13" s="67" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="E13" s="68">
         <v>41075</v>
       </c>
       <c r="F13" s="67" t="s">
-        <v>1133</v>
-[...1 lines deleted...]
-      <c r="G13" s="190">
+        <v>1131</v>
+      </c>
+      <c r="G13" s="189">
         <v>25933</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A14" s="196" t="s">
-        <v>662</v>
+      <c r="A14" s="195" t="s">
+        <v>661</v>
       </c>
       <c r="B14" s="121" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="C14" s="121" t="s">
         <v>525</v>
       </c>
       <c r="D14" s="121" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="E14" s="122">
         <v>35204</v>
       </c>
       <c r="F14" s="121" t="s">
         <v>48</v>
       </c>
-      <c r="G14" s="198">
+      <c r="G14" s="197">
         <v>19812</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A15" s="149" t="s">
-        <v>933</v>
+      <c r="A15" s="148" t="s">
+        <v>931</v>
       </c>
       <c r="B15" s="67" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C15" s="67" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D15" s="67" t="s">
         <v>1135</v>
-      </c>
-[...4 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="E15" s="68">
         <v>39572</v>
       </c>
       <c r="F15" s="67" t="s">
         <v>79</v>
       </c>
-      <c r="G15" s="190">
+      <c r="G15" s="189">
         <v>23427</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A16" s="196" t="s">
-        <v>938</v>
+      <c r="A16" s="195" t="s">
+        <v>936</v>
       </c>
       <c r="B16" s="67" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="C16" s="67" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="D16" s="67" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="E16" s="68"/>
       <c r="F16" s="67"/>
-      <c r="G16" s="190">
+      <c r="G16" s="189">
         <v>16443</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A17" s="196" t="s">
-        <v>1009</v>
+      <c r="A17" s="195" t="s">
+        <v>1007</v>
       </c>
       <c r="B17" s="67"/>
       <c r="C17" s="67"/>
       <c r="D17" s="67"/>
       <c r="E17" s="68"/>
       <c r="F17" s="67"/>
-      <c r="G17" s="190"/>
+      <c r="G17" s="189"/>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A18" s="196" t="s">
-        <v>1012</v>
+      <c r="A18" s="195" t="s">
+        <v>1010</v>
       </c>
       <c r="B18" s="67"/>
       <c r="C18" s="67"/>
       <c r="D18" s="67"/>
       <c r="E18" s="68"/>
       <c r="F18" s="67"/>
-      <c r="G18" s="190"/>
-[...3 lines deleted...]
-        <v>1140</v>
+      <c r="G18" s="189"/>
+    </row>
+    <row r="19" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A19" s="148" t="s">
+        <v>1138</v>
       </c>
       <c r="B19" s="67" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="C19" s="67" t="s">
         <v>525</v>
       </c>
       <c r="D19" s="67" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="E19" s="68">
         <v>35308</v>
       </c>
       <c r="F19" s="67" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="G19" s="190">
+        <v>1140</v>
+      </c>
+      <c r="G19" s="189">
         <v>19812</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>1016</v>
+    <row r="20" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A20" s="148" t="s">
+        <v>1014</v>
       </c>
       <c r="B20" s="67"/>
       <c r="C20" s="67"/>
       <c r="D20" s="67"/>
       <c r="E20" s="68"/>
       <c r="F20" s="67"/>
-      <c r="G20" s="190"/>
-[...3 lines deleted...]
-        <v>1143</v>
+      <c r="G20" s="189"/>
+    </row>
+    <row r="21" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A21" s="148" t="s">
+        <v>1141</v>
       </c>
       <c r="B21" s="67" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="C21" s="67" t="s">
         <v>525</v>
       </c>
       <c r="D21" s="67" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="E21" s="227">
+        <v>1062</v>
+      </c>
+      <c r="E21" s="226">
         <v>36429</v>
       </c>
-      <c r="F21" s="228" t="s">
+      <c r="F21" s="227" t="s">
         <v>79</v>
       </c>
-      <c r="G21" s="190">
+      <c r="G21" s="189">
         <v>19812</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...4 lines deleted...]
-        <v>1146</v>
+    <row r="22" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A22" s="148" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B22" s="227" t="s">
+        <v>1144</v>
       </c>
       <c r="C22" s="67" t="s">
         <v>525</v>
       </c>
       <c r="D22" s="67" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="E22" s="227">
+        <v>1062</v>
+      </c>
+      <c r="E22" s="226">
         <v>34784</v>
       </c>
-      <c r="F22" s="228" t="s">
+      <c r="F22" s="227" t="s">
         <v>17</v>
       </c>
-      <c r="G22" s="190">
+      <c r="G22" s="189">
         <v>19812</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A23" s="196" t="s">
-        <v>1026</v>
+      <c r="A23" s="195" t="s">
+        <v>1024</v>
       </c>
       <c r="B23" s="67"/>
       <c r="C23" s="67"/>
       <c r="D23" s="67"/>
       <c r="E23" s="68"/>
       <c r="F23" s="67"/>
-      <c r="G23" s="190"/>
-[...6 lines deleted...]
-        <v>1147</v>
+      <c r="G23" s="189"/>
+    </row>
+    <row r="24" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A24" s="148" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B24" s="227" t="s">
+        <v>1145</v>
       </c>
       <c r="C24" s="67" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D24" s="67" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="E24" s="227">
+        <v>1035</v>
+      </c>
+      <c r="E24" s="226">
         <v>39411</v>
       </c>
-      <c r="F24" s="228" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="190">
+      <c r="F24" s="227" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G24" s="189">
         <v>23346</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A25" s="149" t="s">
+      <c r="A25" s="148" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B25" s="67" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C25" s="67" t="s">
         <v>1034</v>
       </c>
-      <c r="B25" s="67" t="s">
+      <c r="D25" s="67" t="s">
         <v>1035</v>
-      </c>
-[...4 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="E25" s="109">
         <v>39690</v>
       </c>
       <c r="F25" s="67" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="G25" s="190">
+        <v>1036</v>
+      </c>
+      <c r="G25" s="189">
         <v>23346</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-      <c r="A26" s="149" t="s">
+    <row r="26" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A26" s="148" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B26" s="67" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C26" s="67" t="s">
         <v>1039</v>
       </c>
-      <c r="B26" s="67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" s="67" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="E26" s="109">
         <v>41188</v>
       </c>
       <c r="F26" s="67" t="s">
-        <v>1020</v>
-[...1 lines deleted...]
-      <c r="G26" s="186">
+        <v>1018</v>
+      </c>
+      <c r="G26" s="185">
         <v>24273</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>955</v>
+    <row r="27" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A27" s="148" t="s">
+        <v>953</v>
       </c>
       <c r="B27" s="67" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C27" s="67" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D27" s="67" t="s">
         <v>1044</v>
-      </c>
-[...4 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="E27" s="68">
         <v>40307</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="G27" s="190">
+      <c r="G27" s="189">
         <v>24663</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>1047</v>
+    <row r="28" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A28" s="148" t="s">
+        <v>1045</v>
       </c>
       <c r="B28" s="67" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C28" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D28" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E28" s="68">
         <v>37717</v>
       </c>
       <c r="F28" s="67" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G28" s="189">
+        <v>17982</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A29" s="148" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B29" s="67" t="s">
         <v>1049</v>
-      </c>
-[...9 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="C29" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D29" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E29" s="68">
         <v>37717</v>
       </c>
       <c r="F29" s="67" t="s">
-        <v>1049</v>
-[...1 lines deleted...]
-      <c r="G29" s="190">
+        <v>1047</v>
+      </c>
+      <c r="G29" s="189">
         <v>17982</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A30" s="196" t="s">
-        <v>1052</v>
+      <c r="A30" s="195" t="s">
+        <v>1050</v>
       </c>
       <c r="B30" s="121" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="C30" s="121" t="s">
         <v>526</v>
       </c>
       <c r="D30" s="121" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E30" s="122">
         <v>35330</v>
       </c>
       <c r="F30" s="121" t="s">
         <v>32</v>
       </c>
-      <c r="G30" s="198">
+      <c r="G30" s="197">
         <v>17982</v>
       </c>
     </row>
-    <row r="31" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>1150</v>
+    <row r="31" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A31" s="148" t="s">
+        <v>1148</v>
       </c>
       <c r="B31" s="67" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="C31" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D31" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E31" s="68">
         <v>36688</v>
       </c>
       <c r="F31" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G31" s="190">
+      <c r="G31" s="189">
         <v>17982</v>
       </c>
     </row>
-    <row r="32" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>1151</v>
+    <row r="32" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A32" s="148" t="s">
+        <v>1149</v>
       </c>
       <c r="B32" s="67" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="C32" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D32" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E32" s="68">
         <v>36054</v>
       </c>
       <c r="F32" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G32" s="190">
+      <c r="G32" s="189">
         <v>17982</v>
       </c>
     </row>
-    <row r="33" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>1152</v>
+    <row r="33" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A33" s="148" t="s">
+        <v>1150</v>
       </c>
       <c r="B33" s="67" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C33" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D33" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E33" s="68">
         <v>35918</v>
       </c>
       <c r="F33" s="67" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G33" s="189">
+        <v>17982</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A34" s="148" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B34" s="67" t="s">
         <v>1057</v>
-      </c>
-[...9 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="C34" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D34" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E34" s="109">
         <v>39383</v>
       </c>
       <c r="F34" s="67" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G34" s="189">
+        <v>17982</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A35" s="148" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B35" s="67" t="s">
         <v>1060</v>
       </c>
-      <c r="G34" s="190">
-[...4 lines deleted...]
-      <c r="A35" s="149" t="s">
+      <c r="C35" s="67" t="s">
         <v>1061</v>
       </c>
-      <c r="B35" s="67" t="s">
+      <c r="D35" s="67" t="s">
         <v>1062</v>
-      </c>
-[...4 lines deleted...]
-        <v>1064</v>
       </c>
       <c r="E35" s="109">
         <v>41210</v>
       </c>
       <c r="F35" s="67" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G35" s="189">
+        <v>23552</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A36" s="148" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B36" s="67" t="s">
         <v>1065</v>
-      </c>
-[...9 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="C36" s="67" t="s">
         <v>526</v>
       </c>
       <c r="D36" s="67" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E36" s="109">
         <v>39145</v>
       </c>
       <c r="F36" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G36" s="190">
+      <c r="G36" s="189">
         <v>17982</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A37" s="149" t="s">
+      <c r="A37" s="148" t="s">
+        <v>947</v>
+      </c>
+      <c r="B37" s="67" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C37" s="67" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D37" s="67" t="s">
+        <v>901</v>
+      </c>
+      <c r="E37" s="226">
+        <v>35918</v>
+      </c>
+      <c r="F37" s="227" t="s">
+        <v>37</v>
+      </c>
+      <c r="G37" s="189">
+        <v>17343</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A38" s="148" t="s">
         <v>949</v>
-      </c>
-[...21 lines deleted...]
-        <v>951</v>
       </c>
       <c r="B38" s="67"/>
       <c r="C38" s="67"/>
       <c r="D38" s="67"/>
       <c r="E38" s="68"/>
       <c r="F38" s="67"/>
-      <c r="G38" s="190"/>
+      <c r="G38" s="189"/>
     </row>
     <row r="39" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A39" s="149" t="s">
-[...2 lines deleted...]
-      <c r="B39" s="228" t="s">
+      <c r="A39" s="148" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B39" s="227" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C39" s="67" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D39" s="67" t="s">
         <v>1155</v>
       </c>
-      <c r="C39" s="67" t="s">
+      <c r="E39" s="226">
+        <v>39950</v>
+      </c>
+      <c r="F39" s="227" t="s">
+        <v>48</v>
+      </c>
+      <c r="G39" s="189">
+        <v>25429</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A40" s="148" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" s="227" t="s">
         <v>1156</v>
       </c>
-      <c r="D39" s="67" t="s">
+      <c r="C40" s="227" t="s">
         <v>1157</v>
       </c>
-      <c r="E39" s="227">
-[...13 lines deleted...]
-      <c r="B40" s="228" t="s">
+      <c r="D40" s="227" t="s">
         <v>1158</v>
       </c>
-      <c r="C40" s="228" t="s">
+      <c r="E40" s="226">
+        <v>34826</v>
+      </c>
+      <c r="F40" s="227" t="s">
+        <v>79</v>
+      </c>
+      <c r="G40" s="189">
+        <v>19863</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A41" s="148" t="s">
+        <v>54</v>
+      </c>
+      <c r="B41" s="67" t="s">
         <v>1159</v>
-      </c>
-[...18 lines deleted...]
-        <v>1161</v>
       </c>
       <c r="C41" s="67" t="s">
         <v>163</v>
       </c>
       <c r="D41" s="67" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="E41" s="68">
         <v>31206</v>
       </c>
       <c r="F41" s="67" t="s">
         <v>310</v>
       </c>
-      <c r="G41" s="190">
+      <c r="G41" s="189">
         <v>16354</v>
       </c>
     </row>
-    <row r="42" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...1 lines deleted...]
-        <v>806</v>
+    <row r="42" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A42" s="148" t="s">
+        <v>804</v>
       </c>
       <c r="B42" s="67" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="C42" s="67" t="s">
         <v>163</v>
       </c>
       <c r="D42" s="67" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="E42" s="68">
         <v>31225</v>
       </c>
       <c r="F42" s="67" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G42" s="189">
+        <v>16354</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A43" s="148" t="s">
+        <v>49</v>
+      </c>
+      <c r="B43" s="67" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C43" s="67" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D43" s="67" t="s">
+        <v>901</v>
+      </c>
+      <c r="E43" s="226">
+        <v>35204</v>
+      </c>
+      <c r="F43" s="227" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" s="189">
+        <v>17343</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A44" s="148" t="s">
         <v>1163</v>
       </c>
-      <c r="G42" s="190">
-[...7 lines deleted...]
-      <c r="B43" s="67" t="s">
+      <c r="B44" s="67" t="s">
         <v>1164</v>
-      </c>
-[...21 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="C44" s="67" t="s">
         <v>163</v>
       </c>
       <c r="D44" s="67" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="E44" s="68">
         <v>32795</v>
       </c>
       <c r="F44" s="67" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G44" s="189">
+        <v>16354</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A45" s="148" t="s">
+        <v>964</v>
+      </c>
+      <c r="B45" s="67" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C45" s="67" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D45" s="67" t="s">
+        <v>623</v>
+      </c>
+      <c r="E45" s="226">
+        <v>45102</v>
+      </c>
+      <c r="F45" s="227" t="s">
+        <v>241</v>
+      </c>
+      <c r="G45" s="189">
+        <v>29730</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A46" s="148" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B46" s="227" t="s">
         <v>1167</v>
       </c>
-      <c r="G44" s="190">
-[...32 lines deleted...]
-      </c>
       <c r="C46" s="67" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D46" s="67" t="s">
         <v>519</v>
       </c>
-      <c r="E46" s="227">
+      <c r="E46" s="226">
         <v>38101</v>
       </c>
-      <c r="F46" s="228" t="s">
+      <c r="F46" s="227" t="s">
         <v>99</v>
       </c>
-      <c r="G46" s="190">
+      <c r="G46" s="189">
         <v>21743</v>
       </c>
     </row>
-    <row r="47" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...4 lines deleted...]
-        <v>1645</v>
+    <row r="47" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A47" s="148" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B47" s="509" t="s">
+        <v>1643</v>
       </c>
       <c r="C47" s="67" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="D47" s="67" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="E47" s="227">
+        <v>623</v>
+      </c>
+      <c r="E47" s="226">
         <v>45081</v>
       </c>
-      <c r="F47" s="228" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="190">
+      <c r="F47" s="227" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G47" s="189">
         <v>29730</v>
       </c>
     </row>
     <row r="48" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A48" s="196" t="s">
+      <c r="A48" s="195" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B48" s="228" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C48" s="84" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D48" s="84" t="s">
+        <v>901</v>
+      </c>
+      <c r="E48" s="229">
+        <v>35918</v>
+      </c>
+      <c r="F48" s="228" t="s">
+        <v>37</v>
+      </c>
+      <c r="G48" s="202">
+        <v>17343</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A49" s="157"/>
+      <c r="B49" s="218" t="s">
         <v>1170</v>
       </c>
-      <c r="B48" s="229" t="s">
+      <c r="C49" s="218" t="s">
         <v>1171</v>
       </c>
-      <c r="C48" s="84" t="s">
-[...17 lines deleted...]
-      <c r="B49" s="219" t="s">
+      <c r="D49" s="218" t="s">
         <v>1172</v>
       </c>
-      <c r="C49" s="219" t="s">
+      <c r="E49" s="220" t="s">
         <v>1173</v>
       </c>
-      <c r="D49" s="219" t="s">
+      <c r="F49" s="218" t="s">
         <v>1174</v>
       </c>
-      <c r="E49" s="221" t="s">
+      <c r="G49" s="204"/>
+    </row>
+    <row r="50" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
+      <c r="A50" s="158"/>
+      <c r="B50" s="230" t="s">
         <v>1175</v>
       </c>
-      <c r="F49" s="219" t="s">
+      <c r="C50" s="230" t="s">
         <v>1176</v>
       </c>
-      <c r="G49" s="205"/>
-[...3 lines deleted...]
-      <c r="B50" s="231" t="s">
+      <c r="D50" s="230" t="s">
         <v>1177</v>
       </c>
-      <c r="C50" s="231" t="s">
+      <c r="E50" s="231" t="s">
         <v>1178</v>
       </c>
-      <c r="D50" s="231" t="s">
+      <c r="F50" s="232" t="s">
         <v>1179</v>
       </c>
-      <c r="E50" s="232" t="s">
-[...5 lines deleted...]
-      <c r="G50" s="235"/>
+      <c r="G50" s="234"/>
     </row>
     <row r="51" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A51" s="234"/>
+      <c r="A51" s="233"/>
     </row>
     <row r="52" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="58" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="59" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="60" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="61" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="62" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="65" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="66" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="67" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="68" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="69" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="70" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="71" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="72" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="73" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="74" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="75" s="65" customFormat="1" ht="10.199999999999999"/>
@@ -17594,3738 +17782,3738 @@
     <row r="208" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="209" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="210" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="211" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="212" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="213" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="214" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="215" s="65" customFormat="1" ht="10.199999999999999"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:L82"/>
   <sheetViews>
-    <sheetView topLeftCell="A49" workbookViewId="0">
-      <selection activeCell="B30" sqref="B29:B30"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="17.88671875" customWidth="1"/>
     <col min="2" max="2" width="14.33203125" customWidth="1"/>
     <col min="3" max="3" width="20.109375" customWidth="1"/>
     <col min="5" max="5" width="13.5546875" customWidth="1"/>
     <col min="6" max="6" width="17.6640625" customWidth="1"/>
     <col min="7" max="7" width="19.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:10" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>116</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:10">
       <c r="F4" s="25" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:10" s="246" customFormat="1" ht="13.8">
-      <c r="A6" s="243" t="s">
+    <row r="6" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A6" s="242" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="244" t="s">
+      <c r="B6" s="243" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="245" t="s">
+      <c r="C6" s="244" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="244" t="s">
+      <c r="D6" s="243" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="244" t="s">
+      <c r="E6" s="243" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="245" t="s">
+      <c r="F6" s="244" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="251" t="s">
+      <c r="G6" s="250" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="246" customFormat="1" ht="13.8">
-      <c r="A7" s="248" t="s">
+    <row r="7" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A7" s="247" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>118</v>
       </c>
       <c r="C7" s="29" t="s">
         <v>106</v>
       </c>
       <c r="D7" s="29" t="s">
         <v>107</v>
       </c>
       <c r="E7" s="32">
         <v>41055</v>
       </c>
       <c r="F7" s="29" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="30">
         <v>35595</v>
       </c>
-      <c r="H7" s="322"/>
-[...5 lines deleted...]
-        <v>1421</v>
+      <c r="H7" s="321"/>
+      <c r="I7" s="321"/>
+      <c r="J7" s="321"/>
+    </row>
+    <row r="8" spans="1:10" s="376" customFormat="1" ht="13.8">
+      <c r="A8" s="247" t="s">
+        <v>1419</v>
       </c>
       <c r="B8" s="19" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="C8" s="19" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="D8" s="19" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="E8" s="32">
         <v>45332</v>
       </c>
       <c r="F8" s="29" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="G8" s="41">
         <v>39784</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>67</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
     </row>
-    <row r="9" spans="1:10" s="246" customFormat="1" ht="13.8">
-      <c r="A9" s="247" t="s">
+    <row r="9" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A9" s="246" t="s">
         <v>119</v>
       </c>
       <c r="B9" s="29" t="s">
         <v>120</v>
       </c>
       <c r="C9" s="29" t="s">
         <v>121</v>
       </c>
       <c r="D9" s="29" t="s">
         <v>122</v>
       </c>
       <c r="E9" s="32" t="s">
         <v>123</v>
       </c>
       <c r="F9" s="29"/>
       <c r="G9" s="30"/>
     </row>
-    <row r="10" spans="1:10" s="377" customFormat="1" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-        <v>1601</v>
+    <row r="10" spans="1:10" s="376" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A10" s="246" t="s">
+        <v>1599</v>
       </c>
       <c r="B10" s="29" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="C10" s="29" t="s">
         <v>159</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>160</v>
       </c>
       <c r="E10" s="32">
         <v>39995</v>
       </c>
       <c r="F10" s="29" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="38">
         <v>34608</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
     </row>
-    <row r="11" spans="1:10" s="377" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A11" s="247" t="s">
+    <row r="11" spans="1:10" s="376" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A11" s="246" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="29" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="C11" s="19" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="D11" s="19" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="E11" s="32">
         <v>45095</v>
       </c>
       <c r="F11" s="29" t="s">
         <v>161</v>
       </c>
       <c r="G11" s="41">
         <v>39784</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
     </row>
-    <row r="12" spans="1:10" s="246" customFormat="1" ht="13.8">
-      <c r="A12" s="247" t="s">
+    <row r="12" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A12" s="246" t="s">
         <v>126</v>
       </c>
       <c r="B12" s="29" t="s">
         <v>127</v>
       </c>
       <c r="C12" s="29" t="s">
         <v>121</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>122</v>
       </c>
       <c r="E12" s="32" t="s">
         <v>123</v>
       </c>
       <c r="F12" s="29"/>
       <c r="G12" s="30"/>
     </row>
-    <row r="13" spans="1:10" s="246" customFormat="1" ht="13.8">
-      <c r="A13" s="247" t="s">
+    <row r="13" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A13" s="246" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="29" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C13" s="29" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D13" s="29" t="s">
         <v>1429</v>
-      </c>
-[...4 lines deleted...]
-        <v>1431</v>
       </c>
       <c r="E13" s="32">
         <v>44339</v>
       </c>
       <c r="F13" s="29" t="s">
         <v>37</v>
       </c>
       <c r="G13" s="30">
         <v>39007</v>
       </c>
-      <c r="H13" s="322"/>
-[...4 lines deleted...]
-      <c r="A14" s="247" t="s">
+      <c r="H13" s="321"/>
+      <c r="I13" s="321"/>
+      <c r="J13" s="321"/>
+    </row>
+    <row r="14" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A14" s="246" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="29" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C14" s="29" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D14" s="29" t="s">
         <v>1455</v>
-      </c>
-[...4 lines deleted...]
-        <v>1457</v>
       </c>
       <c r="E14" s="32">
         <v>44391</v>
       </c>
       <c r="F14" s="29" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
       <c r="G14" s="30">
         <v>38783</v>
       </c>
     </row>
-    <row r="15" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A15" s="247" t="s">
+    <row r="15" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A15" s="246" t="s">
         <v>128</v>
       </c>
       <c r="B15" s="29" t="s">
         <v>129</v>
       </c>
       <c r="C15" s="29" t="s">
         <v>130</v>
       </c>
       <c r="D15" s="29" t="s">
         <v>131</v>
       </c>
       <c r="E15" s="32">
         <v>34426</v>
       </c>
       <c r="F15" s="29" t="s">
         <v>89</v>
       </c>
       <c r="G15" s="30">
         <v>29480</v>
       </c>
     </row>
-    <row r="16" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A16" s="247" t="s">
+    <row r="16" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A16" s="246" t="s">
         <v>132</v>
       </c>
       <c r="B16" s="29" t="s">
         <v>133</v>
       </c>
       <c r="C16" s="29" t="s">
         <v>134</v>
       </c>
       <c r="D16" s="29" t="s">
         <v>135</v>
       </c>
       <c r="E16" s="32">
         <v>36793</v>
       </c>
       <c r="F16" s="29" t="s">
         <v>136</v>
       </c>
       <c r="G16" s="30">
         <v>31388</v>
       </c>
     </row>
-    <row r="17" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A17" s="247" t="s">
+    <row r="17" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A17" s="246" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="29" t="s">
         <v>137</v>
       </c>
       <c r="C17" s="29" t="s">
         <v>138</v>
       </c>
       <c r="D17" s="29" t="s">
         <v>139</v>
       </c>
       <c r="E17" s="32">
         <v>37906</v>
       </c>
       <c r="F17" s="29" t="s">
         <v>140</v>
       </c>
       <c r="G17" s="30">
         <v>32729</v>
       </c>
     </row>
-    <row r="18" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-        <v>1464</v>
+    <row r="18" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A18" s="246" t="s">
+        <v>1462</v>
       </c>
       <c r="B18" s="29" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="D18" s="29" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="E18" s="32">
         <v>44465</v>
       </c>
       <c r="F18" s="29" t="s">
         <v>241</v>
       </c>
       <c r="G18" s="30">
         <v>39059</v>
       </c>
     </row>
-    <row r="19" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A19" s="247" t="s">
+    <row r="19" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A19" s="246" t="s">
         <v>143</v>
       </c>
-      <c r="B19" s="252" t="s">
-        <v>1463</v>
+      <c r="B19" s="251" t="s">
+        <v>1461</v>
       </c>
       <c r="C19" s="29" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="D19" s="29" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="E19" s="32">
         <v>44465</v>
       </c>
       <c r="F19" s="29" t="s">
         <v>241</v>
       </c>
       <c r="G19" s="30">
         <v>39059</v>
       </c>
     </row>
-    <row r="20" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-[...4 lines deleted...]
-        <v>1591</v>
+    <row r="20" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A20" s="246" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B20" s="251" t="s">
+        <v>1589</v>
       </c>
       <c r="C20" s="44" t="s">
         <v>159</v>
       </c>
       <c r="D20" s="44" t="s">
         <v>160</v>
       </c>
       <c r="E20" s="32">
         <v>40524</v>
       </c>
       <c r="F20" s="29" t="s">
         <v>315</v>
       </c>
       <c r="G20" s="38">
         <v>34608</v>
       </c>
     </row>
-    <row r="21" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-[...4 lines deleted...]
-        <v>1594</v>
+    <row r="21" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A21" s="246" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B21" s="251" t="s">
+        <v>1592</v>
       </c>
       <c r="C21" s="44" t="s">
         <v>159</v>
       </c>
       <c r="D21" s="44" t="s">
         <v>160</v>
       </c>
       <c r="E21" s="32">
         <v>40195</v>
       </c>
       <c r="F21" s="29" t="s">
         <v>315</v>
       </c>
       <c r="G21" s="38">
         <v>34608</v>
       </c>
     </row>
-    <row r="22" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A22" s="247" t="s">
+    <row r="22" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A22" s="246" t="s">
         <v>146</v>
       </c>
       <c r="B22" s="29" t="s">
         <v>147</v>
       </c>
       <c r="C22" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="32">
         <v>34167</v>
       </c>
       <c r="F22" s="29" t="s">
         <v>148</v>
       </c>
       <c r="G22" s="30">
         <v>28593</v>
       </c>
     </row>
-    <row r="23" spans="1:10" s="377" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A23" s="247" t="s">
+    <row r="23" spans="1:10" s="376" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A23" s="246" t="s">
         <v>149</v>
       </c>
       <c r="B23" s="29" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="C23" s="19" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D23" s="19" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="E23" s="32">
         <v>45487</v>
       </c>
       <c r="F23" s="29" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="G23" s="41">
         <v>40092</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
     </row>
-    <row r="24" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A24" s="247" t="s">
+    <row r="24" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A24" s="246" t="s">
         <v>150</v>
       </c>
       <c r="B24" s="29" t="s">
         <v>151</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>152</v>
       </c>
       <c r="E24" s="32">
         <v>33796</v>
       </c>
       <c r="F24" s="29" t="s">
         <v>148</v>
       </c>
       <c r="G24" s="30">
         <v>28464</v>
       </c>
     </row>
-    <row r="25" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A25" s="247" t="s">
+    <row r="25" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A25" s="246" t="s">
         <v>46</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>153</v>
       </c>
       <c r="C25" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="29" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="32">
         <v>34129</v>
       </c>
       <c r="F25" s="29" t="s">
         <v>37</v>
       </c>
       <c r="G25" s="30">
         <v>28593</v>
       </c>
     </row>
-    <row r="26" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A26" s="247" t="s">
+    <row r="26" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A26" s="246" t="s">
         <v>49</v>
       </c>
       <c r="B26" s="29" t="s">
         <v>154</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>155</v>
       </c>
       <c r="D26" s="29" t="s">
         <v>156</v>
       </c>
       <c r="E26" s="32">
         <v>40355</v>
       </c>
       <c r="F26" s="29" t="s">
         <v>157</v>
       </c>
       <c r="G26" s="30">
         <v>34895</v>
       </c>
     </row>
-    <row r="27" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A27" s="247" t="s">
+    <row r="27" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A27" s="246" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="29" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="C27" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="29" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="32">
         <v>34118</v>
       </c>
-      <c r="F27" s="253" t="s">
+      <c r="F27" s="252" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="30">
         <v>28593</v>
       </c>
     </row>
-    <row r="28" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A28" s="247" t="s">
+    <row r="28" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A28" s="246" t="s">
         <v>56</v>
       </c>
       <c r="B28" s="29" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C28" s="19" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D28" s="19" t="s">
         <v>1196</v>
-      </c>
-[...4 lines deleted...]
-        <v>1198</v>
       </c>
       <c r="E28" s="32">
         <v>42168</v>
       </c>
       <c r="F28" s="29" t="s">
         <v>136</v>
       </c>
       <c r="G28" s="41">
         <v>36840</v>
       </c>
-      <c r="H28" s="322"/>
-[...4 lines deleted...]
-      <c r="A29" s="247" t="s">
+      <c r="H28" s="321"/>
+      <c r="I28" s="321"/>
+      <c r="J28" s="321"/>
+    </row>
+    <row r="29" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A29" s="246" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="29" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="C29" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="32">
         <v>34272</v>
       </c>
       <c r="F29" s="29" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="G29" s="30">
         <v>28593</v>
       </c>
-      <c r="H29" s="322"/>
-[...4 lines deleted...]
-      <c r="A30" s="247" t="s">
+      <c r="H29" s="321"/>
+      <c r="I29" s="321"/>
+      <c r="J29" s="321"/>
+    </row>
+    <row r="30" spans="1:10" s="245" customFormat="1" ht="13.8">
+      <c r="A30" s="246" t="s">
         <v>162</v>
       </c>
       <c r="B30" s="29" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="C30" s="29" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="D30" s="29" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="E30" s="32">
         <v>42924</v>
       </c>
       <c r="F30" s="29" t="s">
-        <v>702</v>
-[...1 lines deleted...]
-      <c r="G30" s="254">
+        <v>701</v>
+      </c>
+      <c r="G30" s="253">
         <v>37446</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A31" s="247" t="s">
+    <row r="31" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A31" s="246" t="s">
         <v>164</v>
       </c>
       <c r="B31" s="29" t="s">
         <v>165</v>
       </c>
       <c r="C31" s="29" t="s">
         <v>70</v>
       </c>
       <c r="D31" s="29" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="32">
         <v>29355</v>
       </c>
       <c r="F31" s="29" t="s">
         <v>145</v>
       </c>
-      <c r="G31" s="255" t="s">
+      <c r="G31" s="254" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="32" spans="1:10" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A32" s="247" t="s">
+    <row r="32" spans="1:10" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A32" s="246" t="s">
         <v>167</v>
       </c>
       <c r="B32" s="29" t="s">
         <v>168</v>
       </c>
       <c r="C32" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="32">
         <v>34231</v>
       </c>
       <c r="F32" s="29" t="s">
         <v>79</v>
       </c>
-      <c r="G32" s="254">
+      <c r="G32" s="253">
         <v>28593</v>
       </c>
     </row>
-    <row r="33" spans="1:12" s="246" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A33" s="247" t="s">
+    <row r="33" spans="1:12" s="245" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A33" s="246" t="s">
         <v>169</v>
       </c>
       <c r="B33" s="29" t="s">
         <v>170</v>
       </c>
       <c r="C33" s="29" t="s">
         <v>171</v>
       </c>
       <c r="D33" s="29" t="s">
         <v>172</v>
       </c>
       <c r="E33" s="32">
         <v>36456</v>
       </c>
       <c r="F33" s="29" t="s">
         <v>173</v>
       </c>
-      <c r="G33" s="254">
+      <c r="G33" s="253">
         <v>30727</v>
       </c>
     </row>
-    <row r="34" spans="1:12" s="246" customFormat="1" ht="13.8">
-      <c r="A34" s="248" t="s">
+    <row r="34" spans="1:12" s="245" customFormat="1" ht="13.8">
+      <c r="A34" s="247" t="s">
         <v>174</v>
       </c>
       <c r="B34" s="19" t="s">
         <v>175</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>155</v>
       </c>
       <c r="D34" s="19" t="s">
         <v>156</v>
       </c>
       <c r="E34" s="33">
         <v>40524</v>
       </c>
       <c r="F34" s="19" t="s">
         <v>145</v>
       </c>
       <c r="G34" s="41">
         <v>34895</v>
       </c>
     </row>
-    <row r="35" spans="1:12" s="246" customFormat="1" ht="13.8">
+    <row r="35" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A35" s="16"/>
       <c r="B35" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="C35" s="256">
+      <c r="C35" s="255">
         <v>3.2</v>
       </c>
-      <c r="D35" s="257" t="s">
+      <c r="D35" s="256" t="s">
         <v>177</v>
       </c>
       <c r="E35" s="34"/>
       <c r="F35" s="12"/>
-      <c r="G35" s="258"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:12" s="246" customFormat="1" ht="13.8">
+      <c r="G35" s="257"/>
+    </row>
+    <row r="36" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A36" s="16"/>
       <c r="B36" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="C36" s="257" t="s">
+      <c r="C36" s="256" t="s">
         <v>179</v>
       </c>
-      <c r="D36" s="257" t="s">
+      <c r="D36" s="256" t="s">
         <v>180</v>
       </c>
       <c r="E36" s="34"/>
       <c r="F36" s="12"/>
-      <c r="G36" s="258"/>
-[...4 lines deleted...]
-    <row r="37" spans="1:12" s="246" customFormat="1" ht="13.8">
+      <c r="G36" s="257"/>
+      <c r="J36" s="245" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A37" s="17"/>
       <c r="B37" s="15" t="s">
         <v>181</v>
       </c>
       <c r="C37" s="15">
         <v>10.49</v>
       </c>
-      <c r="D37" s="259" t="s">
+      <c r="D37" s="258" t="s">
         <v>182</v>
       </c>
       <c r="E37" s="35"/>
       <c r="F37" s="15"/>
       <c r="G37" s="38"/>
-      <c r="J37" s="246" t="s">
+      <c r="J37" s="245" t="s">
         <v>67</v>
       </c>
-      <c r="L37" s="246">
+      <c r="L37" s="245">
         <v>3.4</v>
       </c>
     </row>
-    <row r="38" spans="1:12" s="377" customFormat="1" ht="13.8">
-[...1 lines deleted...]
-        <v>1716</v>
+    <row r="38" spans="1:12" s="376" customFormat="1" ht="13.8">
+      <c r="A38" s="247" t="s">
+        <v>1714</v>
       </c>
       <c r="B38" s="19" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
       <c r="C38" s="19" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D38" s="19" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="E38" s="33">
         <v>45479</v>
       </c>
       <c r="F38" s="19" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
       <c r="G38" s="41">
         <v>40092</v>
       </c>
-      <c r="J38" s="377">
+      <c r="J38" s="376">
         <v>39</v>
       </c>
-      <c r="L38" s="377">
+      <c r="L38" s="376">
         <v>1.6</v>
       </c>
     </row>
-    <row r="39" spans="1:12" s="377" customFormat="1" ht="13.8">
+    <row r="39" spans="1:12" s="376" customFormat="1" ht="13.8">
       <c r="A39" s="16"/>
       <c r="B39" s="12" t="s">
-        <v>1714</v>
-[...5 lines deleted...]
-        <v>1706</v>
+        <v>1712</v>
+      </c>
+      <c r="C39" s="514" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D39" s="256" t="s">
+        <v>1704</v>
       </c>
       <c r="E39" s="34"/>
       <c r="F39" s="12"/>
       <c r="G39" s="37"/>
-      <c r="J39" s="377">
+      <c r="J39" s="376">
         <v>45</v>
       </c>
-      <c r="L39" s="377">
+      <c r="L39" s="376">
         <f>L37-L38</f>
         <v>1.7999999999999998</v>
       </c>
     </row>
-    <row r="40" spans="1:12" s="377" customFormat="1" ht="12.75" customHeight="1">
+    <row r="40" spans="1:12" s="376" customFormat="1" ht="12.75" customHeight="1">
       <c r="A40" s="16"/>
       <c r="B40" s="12" t="s">
-        <v>1715</v>
-[...5 lines deleted...]
-        <v>1778</v>
+        <v>1713</v>
+      </c>
+      <c r="C40" s="256" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D40" s="256" t="s">
+        <v>1774</v>
       </c>
       <c r="E40" s="34"/>
       <c r="F40" s="12"/>
       <c r="G40" s="37"/>
-      <c r="J40" s="377">
+      <c r="J40" s="376">
         <v>41</v>
       </c>
     </row>
-    <row r="41" spans="1:12" s="377" customFormat="1" ht="12.75" customHeight="1">
+    <row r="41" spans="1:12" s="376" customFormat="1" ht="12.75" customHeight="1">
       <c r="A41" s="16"/>
       <c r="B41" s="12" t="s">
         <v>189</v>
       </c>
-      <c r="C41" s="259" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="259" t="s">
+      <c r="C41" s="258" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D41" s="258" t="s">
         <v>180</v>
       </c>
       <c r="E41" s="34"/>
       <c r="F41" s="12"/>
       <c r="G41" s="37"/>
-      <c r="J41" s="377">
+      <c r="J41" s="376">
         <f>SUM(J36:J40)</f>
         <v>125</v>
       </c>
     </row>
-    <row r="42" spans="1:12" s="246" customFormat="1" ht="13.8">
-      <c r="A42" s="248" t="s">
+    <row r="42" spans="1:12" s="245" customFormat="1" ht="13.8">
+      <c r="A42" s="247" t="s">
         <v>183</v>
       </c>
       <c r="B42" s="19" t="s">
         <v>184</v>
       </c>
       <c r="C42" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="19" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="33">
         <v>34091</v>
       </c>
       <c r="F42" s="19" t="s">
         <v>37</v>
       </c>
       <c r="G42" s="41">
         <v>28593</v>
       </c>
     </row>
-    <row r="43" spans="1:12" s="246" customFormat="1" ht="13.8">
+    <row r="43" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A43" s="16" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>185</v>
       </c>
       <c r="C43" s="12" t="s">
         <v>186</v>
       </c>
       <c r="D43" s="12" t="s">
         <v>82</v>
       </c>
       <c r="E43" s="34"/>
       <c r="F43" s="12"/>
       <c r="G43" s="37"/>
     </row>
-    <row r="44" spans="1:12" s="246" customFormat="1" ht="13.8">
+    <row r="44" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A44" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>187</v>
       </c>
       <c r="D44" s="12" t="s">
         <v>188</v>
       </c>
       <c r="E44" s="34"/>
       <c r="F44" s="12"/>
       <c r="G44" s="37"/>
     </row>
-    <row r="45" spans="1:12" s="246" customFormat="1" ht="13.8">
+    <row r="45" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A45" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>189</v>
       </c>
       <c r="C45" s="12" t="s">
         <v>190</v>
       </c>
       <c r="D45" s="12" t="s">
         <v>188</v>
       </c>
       <c r="E45" s="34" t="s">
         <v>67</v>
       </c>
       <c r="F45" s="12"/>
       <c r="G45" s="37"/>
     </row>
-    <row r="46" spans="1:12" s="246" customFormat="1" ht="13.8">
+    <row r="46" spans="1:12" s="245" customFormat="1" ht="13.8">
       <c r="A46" s="17" t="s">
         <v>67</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>191</v>
       </c>
       <c r="C46" s="12" t="s">
         <v>192</v>
       </c>
       <c r="D46" s="12" t="s">
         <v>193</v>
       </c>
       <c r="E46" s="34"/>
       <c r="F46" s="12"/>
       <c r="G46" s="38"/>
     </row>
-    <row r="47" spans="1:12" s="377" customFormat="1" ht="13.8">
-[...1 lines deleted...]
-        <v>1295</v>
+    <row r="47" spans="1:12" s="376" customFormat="1" ht="13.8">
+      <c r="A47" s="247" t="s">
+        <v>1293</v>
       </c>
       <c r="B47" s="19" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
       <c r="C47" s="19" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D47" s="19" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="E47" s="33">
         <v>45263</v>
       </c>
       <c r="F47" s="19" t="s">
         <v>173</v>
       </c>
       <c r="G47" s="41">
         <v>40092</v>
       </c>
     </row>
-    <row r="48" spans="1:12" s="377" customFormat="1" ht="13.8">
+    <row r="48" spans="1:12" s="376" customFormat="1" ht="13.8">
       <c r="A48" s="16"/>
       <c r="B48" s="12" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="C48" s="12" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>285</v>
       </c>
-      <c r="E48" s="516" t="s">
-        <v>1673</v>
+      <c r="E48" s="515" t="s">
+        <v>1671</v>
       </c>
       <c r="F48" s="12"/>
       <c r="G48" s="37"/>
     </row>
-    <row r="49" spans="1:7" s="377" customFormat="1" ht="13.8">
+    <row r="49" spans="1:7" s="376" customFormat="1" ht="13.8">
       <c r="A49" s="16"/>
       <c r="B49" s="12" t="s">
         <v>202</v>
       </c>
       <c r="C49" s="12" t="s">
-        <v>1675</v>
+        <v>1673</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>181</v>
       </c>
-      <c r="E49" s="516" t="s">
-        <v>1674</v>
+      <c r="E49" s="515" t="s">
+        <v>1672</v>
       </c>
       <c r="F49" s="40"/>
       <c r="G49" s="37"/>
     </row>
-    <row r="50" spans="1:7" s="377" customFormat="1" ht="13.8">
+    <row r="50" spans="1:7" s="376" customFormat="1" ht="13.8">
       <c r="A50" s="17"/>
       <c r="B50" s="12" t="s">
         <v>96</v>
       </c>
       <c r="C50" s="12" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
       <c r="D50" s="12"/>
       <c r="E50" s="34"/>
       <c r="F50" s="40"/>
       <c r="G50" s="37"/>
     </row>
-    <row r="51" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="51" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A51" s="17" t="s">
         <v>194</v>
       </c>
       <c r="B51" s="29" t="s">
         <v>195</v>
       </c>
       <c r="C51" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="29" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="32">
         <v>34091</v>
       </c>
       <c r="F51" s="29" t="s">
         <v>37</v>
       </c>
       <c r="G51" s="30">
         <v>28593</v>
       </c>
     </row>
-    <row r="52" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A52" s="248" t="s">
+    <row r="52" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A52" s="247" t="s">
         <v>67</v>
       </c>
       <c r="B52" s="19" t="s">
         <v>185</v>
       </c>
       <c r="C52" s="19" t="s">
         <v>186</v>
       </c>
       <c r="D52" s="19">
         <v>813</v>
       </c>
       <c r="E52" s="34"/>
       <c r="F52" s="12"/>
       <c r="G52" s="37"/>
     </row>
-    <row r="53" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="53" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A53" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="12" t="s">
         <v>189</v>
       </c>
       <c r="C53" s="12" t="s">
         <v>190</v>
       </c>
       <c r="D53" s="12">
         <v>651</v>
       </c>
       <c r="E53" s="34"/>
       <c r="F53" s="12"/>
       <c r="G53" s="37"/>
     </row>
-    <row r="54" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="54" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A54" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="12" t="s">
         <v>191</v>
       </c>
       <c r="C54" s="12" t="s">
         <v>192</v>
       </c>
       <c r="D54" s="12">
         <v>641</v>
       </c>
       <c r="E54" s="34"/>
       <c r="F54" s="12"/>
       <c r="G54" s="37"/>
     </row>
-    <row r="55" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="55" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A55" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B55" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C55" s="12" t="s">
         <v>187</v>
       </c>
       <c r="D55" s="12">
         <v>736</v>
       </c>
       <c r="E55" s="34"/>
       <c r="F55" s="12"/>
       <c r="G55" s="37"/>
     </row>
-    <row r="56" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="56" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A56" s="16" t="s">
         <v>67</v>
       </c>
       <c r="B56" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C56" s="12" t="s">
         <v>196</v>
       </c>
       <c r="D56" s="12">
         <v>494</v>
       </c>
       <c r="E56" s="52"/>
       <c r="F56" s="12"/>
       <c r="G56" s="37"/>
     </row>
-    <row r="57" spans="1:7" s="246" customFormat="1" ht="12.75" customHeight="1">
+    <row r="57" spans="1:7" s="245" customFormat="1" ht="12.75" customHeight="1">
       <c r="A57" s="17"/>
       <c r="B57" s="15" t="s">
         <v>96</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D57" s="15">
         <v>504</v>
       </c>
-      <c r="E57" s="260"/>
+      <c r="E57" s="259"/>
       <c r="F57" s="15"/>
       <c r="G57" s="38"/>
     </row>
-    <row r="58" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A58" s="248" t="s">
+    <row r="58" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A58" s="247" t="s">
         <v>198</v>
       </c>
       <c r="B58" s="19" t="s">
         <v>199</v>
       </c>
       <c r="C58" s="19" t="s">
         <v>155</v>
       </c>
       <c r="D58" s="19" t="s">
         <v>156</v>
       </c>
-      <c r="E58" s="261">
+      <c r="E58" s="260">
         <v>40300</v>
       </c>
       <c r="F58" s="39" t="s">
         <v>79</v>
       </c>
       <c r="G58" s="41">
         <v>34895</v>
       </c>
     </row>
-    <row r="59" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="59" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A59" s="16"/>
       <c r="B59" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="C59" s="262" t="s">
+      <c r="C59" s="261" t="s">
         <v>200</v>
       </c>
       <c r="D59" s="12" t="s">
         <v>201</v>
       </c>
       <c r="E59" s="52"/>
       <c r="F59" s="12"/>
       <c r="G59" s="37"/>
     </row>
-    <row r="60" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="60" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A60" s="16"/>
       <c r="B60" s="12" t="s">
         <v>202</v>
       </c>
-      <c r="C60" s="262">
+      <c r="C60" s="261">
         <v>1.48</v>
       </c>
       <c r="D60" s="12" t="s">
         <v>203</v>
       </c>
-      <c r="E60" s="263"/>
+      <c r="E60" s="262"/>
       <c r="F60" s="40"/>
       <c r="G60" s="37"/>
     </row>
-    <row r="61" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="61" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A61" s="16"/>
       <c r="B61" s="12" t="s">
         <v>181</v>
       </c>
-      <c r="C61" s="264">
+      <c r="C61" s="263">
         <v>10.119999999999999</v>
       </c>
       <c r="D61" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="E61" s="263"/>
+      <c r="E61" s="262"/>
       <c r="F61" s="40"/>
       <c r="G61" s="37"/>
     </row>
-    <row r="62" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="62" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A62" s="16"/>
       <c r="B62" s="12" t="s">
         <v>205</v>
       </c>
-      <c r="C62" s="262" t="s">
+      <c r="C62" s="261" t="s">
         <v>206</v>
       </c>
       <c r="D62" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="E62" s="263"/>
+      <c r="E62" s="262"/>
       <c r="F62" s="40"/>
       <c r="G62" s="37"/>
     </row>
-    <row r="63" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="63" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A63" s="16"/>
       <c r="B63" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="C63" s="262">
+      <c r="C63" s="261">
         <v>4.88</v>
       </c>
       <c r="D63" s="12" t="s">
         <v>209</v>
       </c>
-      <c r="E63" s="263"/>
+      <c r="E63" s="262"/>
       <c r="F63" s="40"/>
       <c r="G63" s="37"/>
     </row>
-    <row r="64" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="64" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A64" s="16"/>
       <c r="B64" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="C64" s="262">
+      <c r="C64" s="261">
         <v>28.04</v>
       </c>
       <c r="D64" s="12" t="s">
         <v>211</v>
       </c>
-      <c r="E64" s="263"/>
+      <c r="E64" s="262"/>
       <c r="F64" s="40"/>
       <c r="G64" s="37"/>
     </row>
-    <row r="65" spans="1:7" s="246" customFormat="1" ht="12.75" customHeight="1">
+    <row r="65" spans="1:7" s="245" customFormat="1" ht="12.75" customHeight="1">
       <c r="A65" s="17"/>
       <c r="B65" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="C65" s="265" t="s">
+      <c r="C65" s="264" t="s">
         <v>212</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="E65" s="266"/>
+      <c r="E65" s="265"/>
       <c r="F65" s="40"/>
       <c r="G65" s="37"/>
     </row>
-    <row r="66" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="66" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A66" s="19" t="s">
         <v>214</v>
       </c>
       <c r="B66" s="19" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="C66" s="19"/>
       <c r="D66" s="19"/>
-      <c r="E66" s="261">
+      <c r="E66" s="260">
         <v>42910</v>
       </c>
       <c r="F66" s="39" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="G66" s="20"/>
     </row>
-    <row r="67" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="67" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A67" s="16"/>
       <c r="B67" s="12"/>
       <c r="C67" s="12" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D67" s="12" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="E67" s="52"/>
       <c r="F67" s="12"/>
       <c r="G67" s="37">
         <v>37304</v>
       </c>
     </row>
-    <row r="68" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A68" s="383"/>
+    <row r="68" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A68" s="382"/>
       <c r="B68" s="12"/>
-      <c r="C68" s="286" t="s">
-[...3 lines deleted...]
-        <v>1213</v>
+      <c r="C68" s="285" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D68" s="383" t="s">
+        <v>1211</v>
       </c>
       <c r="E68" s="52"/>
       <c r="F68" s="12"/>
       <c r="G68" s="37">
         <v>37674</v>
       </c>
     </row>
-    <row r="69" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A69" s="383"/>
+    <row r="69" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A69" s="382"/>
       <c r="B69" s="12"/>
       <c r="C69" s="12" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="D69" s="46" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="E69" s="52"/>
       <c r="F69" s="12"/>
       <c r="G69" s="37">
         <v>37579</v>
       </c>
     </row>
-    <row r="70" spans="1:7" s="246" customFormat="1" ht="12.75" customHeight="1">
+    <row r="70" spans="1:7" s="245" customFormat="1" ht="12.75" customHeight="1">
       <c r="A70" s="17"/>
       <c r="B70" s="15"/>
       <c r="C70" s="15" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>1250</v>
-[...1 lines deleted...]
-      <c r="E70" s="260"/>
+        <v>1248</v>
+      </c>
+      <c r="E70" s="259"/>
       <c r="F70" s="15"/>
       <c r="G70" s="38">
         <v>37413</v>
       </c>
     </row>
-    <row r="71" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A71" s="248" t="s">
+    <row r="71" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A71" s="247" t="s">
         <v>216</v>
       </c>
       <c r="B71" s="19" t="s">
         <v>217</v>
       </c>
       <c r="C71" s="19"/>
       <c r="D71" s="19"/>
       <c r="E71" s="33">
         <v>34140</v>
       </c>
       <c r="F71" s="19" t="s">
         <v>218</v>
       </c>
       <c r="G71" s="41"/>
     </row>
-    <row r="72" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="72" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A72" s="16"/>
       <c r="B72" s="12"/>
       <c r="C72" s="12" t="s">
         <v>219</v>
       </c>
       <c r="D72" s="12" t="s">
         <v>220</v>
       </c>
       <c r="E72" s="34"/>
       <c r="F72" s="12"/>
       <c r="G72" s="37">
         <v>28897</v>
       </c>
     </row>
-    <row r="73" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="73" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A73" s="16"/>
       <c r="B73" s="12"/>
       <c r="C73" s="12" t="s">
         <v>221</v>
       </c>
       <c r="D73" s="12" t="s">
         <v>222</v>
       </c>
       <c r="E73" s="34"/>
       <c r="F73" s="12"/>
       <c r="G73" s="37">
         <v>28809</v>
       </c>
     </row>
-    <row r="74" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="74" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A74" s="16"/>
       <c r="B74" s="12"/>
       <c r="C74" s="12" t="s">
         <v>223</v>
       </c>
       <c r="D74" s="12" t="s">
         <v>224</v>
       </c>
-      <c r="E74" s="268"/>
+      <c r="E74" s="267"/>
       <c r="F74" s="12"/>
       <c r="G74" s="37">
         <v>28831</v>
       </c>
     </row>
-    <row r="75" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="75" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A75" s="17"/>
       <c r="B75" s="15"/>
       <c r="C75" s="15" t="s">
         <v>15</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="E75" s="269"/>
+      <c r="E75" s="268"/>
       <c r="F75" s="15"/>
       <c r="G75" s="38">
         <v>28593</v>
       </c>
     </row>
-    <row r="76" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A76" s="270" t="s">
+    <row r="76" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A76" s="269" t="s">
         <v>108</v>
       </c>
-      <c r="B76" s="267" t="s">
+      <c r="B76" s="266" t="s">
         <v>225</v>
       </c>
-      <c r="C76" s="267"/>
-[...1 lines deleted...]
-      <c r="E76" s="261">
+      <c r="C76" s="266"/>
+      <c r="D76" s="266"/>
+      <c r="E76" s="260">
         <v>39920</v>
       </c>
-      <c r="F76" s="267" t="s">
+      <c r="F76" s="266" t="s">
         <v>37</v>
       </c>
-      <c r="G76" s="271"/>
-[...2 lines deleted...]
-      <c r="A77" s="272"/>
+      <c r="G76" s="270"/>
+    </row>
+    <row r="77" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A77" s="271"/>
       <c r="B77" s="52"/>
       <c r="C77" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D77" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E77" s="52"/>
       <c r="F77" s="52"/>
-      <c r="G77" s="273">
+      <c r="G77" s="272">
         <v>34679</v>
       </c>
     </row>
-    <row r="78" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A78" s="272"/>
+    <row r="78" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A78" s="271"/>
       <c r="B78" s="52"/>
       <c r="C78" s="12" t="s">
         <v>159</v>
       </c>
       <c r="D78" s="12" t="s">
         <v>160</v>
       </c>
       <c r="E78" s="52"/>
       <c r="F78" s="52"/>
-      <c r="G78" s="274">
+      <c r="G78" s="273">
         <v>34608</v>
       </c>
     </row>
-    <row r="79" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A79" s="272"/>
+    <row r="79" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A79" s="271"/>
       <c r="B79" s="52"/>
       <c r="C79" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D79" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="52"/>
       <c r="F79" s="52"/>
-      <c r="G79" s="274">
+      <c r="G79" s="273">
         <v>34368</v>
       </c>
     </row>
-    <row r="80" spans="1:7" s="246" customFormat="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B80" s="276"/>
+    <row r="80" spans="1:7" s="245" customFormat="1" thickBot="1">
+      <c r="A80" s="274"/>
+      <c r="B80" s="275"/>
       <c r="C80" s="22" t="s">
         <v>155</v>
       </c>
       <c r="D80" s="22" t="s">
         <v>226</v>
       </c>
-      <c r="E80" s="276"/>
-[...1 lines deleted...]
-      <c r="G80" s="277">
+      <c r="E80" s="275"/>
+      <c r="F80" s="275"/>
+      <c r="G80" s="276">
         <v>34895</v>
       </c>
     </row>
-    <row r="81" spans="1:1" s="246" customFormat="1" ht="13.8"/>
-[...1 lines deleted...]
-      <c r="A82" s="246" t="s">
+    <row r="81" spans="1:1" s="245" customFormat="1" ht="13.8"/>
+    <row r="82" spans="1:1" s="245" customFormat="1" ht="13.8">
+      <c r="A82" s="245" t="s">
         <v>227</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="78" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H64"/>
   <sheetViews>
-    <sheetView topLeftCell="A19" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:G2"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="16.6640625" customWidth="1"/>
     <col min="2" max="2" width="14" customWidth="1"/>
     <col min="3" max="3" width="22.109375" customWidth="1"/>
     <col min="4" max="4" width="11.5546875" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
     <col min="6" max="6" width="17.44140625" customWidth="1"/>
     <col min="7" max="7" width="12.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="42"/>
     </row>
     <row r="2" spans="1:8" ht="36">
-      <c r="A2" s="606" t="s">
+      <c r="A2" s="624" t="s">
         <v>228</v>
       </c>
-      <c r="B2" s="606"/>
-[...4 lines deleted...]
-      <c r="G2" s="606"/>
+      <c r="B2" s="624"/>
+      <c r="C2" s="624"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
+      <c r="F2" s="624"/>
+      <c r="G2" s="624"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="42"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="42"/>
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="15" thickBot="1">
       <c r="A5" s="42"/>
       <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:8" s="246" customFormat="1" thickBot="1">
-      <c r="A6" s="278" t="s">
+    <row r="6" spans="1:8" s="245" customFormat="1" thickBot="1">
+      <c r="A6" s="277" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="279" t="s">
+      <c r="B6" s="278" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="280" t="s">
+      <c r="C6" s="279" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="279" t="s">
+      <c r="D6" s="278" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="279" t="s">
+      <c r="E6" s="278" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="280" t="s">
+      <c r="F6" s="279" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="281" t="s">
+      <c r="G6" s="280" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="7" spans="1:8" s="246" customFormat="1" ht="13.8">
+    <row r="7" spans="1:8" s="245" customFormat="1" ht="13.8">
       <c r="A7" s="48" t="s">
         <v>229</v>
       </c>
       <c r="B7" s="44" t="s">
         <v>230</v>
       </c>
-      <c r="C7" s="282" t="s">
+      <c r="C7" s="281" t="s">
         <v>231</v>
       </c>
-      <c r="D7" s="283" t="s">
+      <c r="D7" s="282" t="s">
         <v>107</v>
       </c>
       <c r="E7" s="49">
         <v>41707</v>
       </c>
-      <c r="F7" s="284" t="s">
+      <c r="F7" s="283" t="s">
         <v>232</v>
       </c>
       <c r="G7" s="38">
         <v>35595</v>
       </c>
     </row>
-    <row r="8" spans="1:8" s="246" customFormat="1" ht="13.8">
+    <row r="8" spans="1:8" s="245" customFormat="1" ht="13.8">
       <c r="A8" s="17" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="B8" s="44" t="s">
         <v>234</v>
       </c>
-      <c r="C8" s="285" t="s">
+      <c r="C8" s="284" t="s">
         <v>231</v>
       </c>
-      <c r="D8" s="286" t="s">
+      <c r="D8" s="285" t="s">
         <v>107</v>
       </c>
       <c r="E8" s="51">
         <v>41804</v>
       </c>
       <c r="F8" s="44" t="s">
         <v>48</v>
       </c>
       <c r="G8" s="38">
         <v>35595</v>
       </c>
     </row>
-    <row r="9" spans="1:8" s="246" customFormat="1" ht="13.8">
+    <row r="9" spans="1:8" s="245" customFormat="1" ht="13.8">
       <c r="A9" s="48" t="s">
         <v>235</v>
       </c>
       <c r="B9" s="44" t="s">
-        <v>1551</v>
-[...7 lines deleted...]
-      <c r="E9" s="287">
+        <v>1549</v>
+      </c>
+      <c r="C9" s="480" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D9" s="252" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E9" s="286">
         <v>44759</v>
       </c>
       <c r="F9" s="44" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="G9" s="38">
         <v>38553</v>
       </c>
     </row>
-    <row r="10" spans="1:8" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="10" spans="1:8" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A10" s="48" t="s">
         <v>237</v>
       </c>
       <c r="B10" s="44" t="s">
         <v>238</v>
       </c>
       <c r="C10" s="29" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="44" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="49">
         <v>37042</v>
       </c>
       <c r="F10" s="44" t="s">
         <v>239</v>
       </c>
       <c r="G10" s="38">
         <v>30869</v>
       </c>
-      <c r="H10" s="246">
+      <c r="H10" s="245">
         <v>40.520000000000003</v>
       </c>
     </row>
-    <row r="11" spans="1:8" s="246" customFormat="1" ht="13.8">
+    <row r="11" spans="1:8" s="245" customFormat="1" ht="13.8">
       <c r="A11" s="48" t="s">
         <v>240</v>
       </c>
       <c r="B11" s="44" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="C11" s="44" t="s">
         <v>302</v>
       </c>
       <c r="D11" s="44" t="s">
         <v>303</v>
       </c>
       <c r="E11" s="49">
         <v>30170</v>
       </c>
       <c r="F11" s="44" t="s">
         <v>479</v>
       </c>
-      <c r="G11" s="321">
+      <c r="G11" s="320">
         <v>23927</v>
       </c>
     </row>
-    <row r="12" spans="1:8" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="12" spans="1:8" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A12" s="48" t="s">
         <v>242</v>
       </c>
       <c r="B12" s="44" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C12" s="29" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D12" s="29" t="s">
         <v>1199</v>
-      </c>
-[...4 lines deleted...]
-        <v>1201</v>
       </c>
       <c r="E12" s="49">
         <v>42175</v>
       </c>
       <c r="F12" s="44" t="s">
         <v>274</v>
       </c>
       <c r="G12" s="30">
         <v>35867</v>
       </c>
     </row>
-    <row r="13" spans="1:8" s="246" customFormat="1" ht="13.8">
+    <row r="13" spans="1:8" s="245" customFormat="1" ht="13.8">
       <c r="A13" s="48" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="29" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="C13" s="29" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="D13" s="29" t="s">
-        <v>1527</v>
-[...1 lines deleted...]
-      <c r="E13" s="289">
+        <v>1525</v>
+      </c>
+      <c r="E13" s="288">
         <v>44680</v>
       </c>
       <c r="F13" s="29" t="s">
         <v>241</v>
       </c>
       <c r="G13" s="30">
         <v>39007</v>
       </c>
     </row>
-    <row r="14" spans="1:8" s="377" customFormat="1" ht="15" customHeight="1">
+    <row r="14" spans="1:8" s="376" customFormat="1" ht="15" customHeight="1">
       <c r="A14" s="48" t="s">
         <v>243</v>
       </c>
       <c r="B14" s="44" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
       <c r="C14" s="44" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="D14" s="44" t="s">
         <v>139</v>
       </c>
       <c r="E14" s="49">
         <v>42862</v>
       </c>
       <c r="F14" s="44" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="38">
         <v>36707</v>
       </c>
     </row>
-    <row r="15" spans="1:8" s="377" customFormat="1" ht="13.8">
+    <row r="15" spans="1:8" s="376" customFormat="1" ht="13.8">
       <c r="A15" s="48" t="s">
         <v>245</v>
       </c>
       <c r="B15" s="44" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="C15" s="44" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="D15" s="44" t="s">
         <v>139</v>
       </c>
       <c r="E15" s="49">
         <v>42917</v>
       </c>
       <c r="F15" s="44" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="38">
         <v>36707</v>
       </c>
     </row>
-    <row r="16" spans="1:8" s="377" customFormat="1" ht="13.8">
+    <row r="16" spans="1:8" s="376" customFormat="1" ht="13.8">
       <c r="A16" s="66" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B16" s="72" t="s">
         <v>1566</v>
       </c>
-      <c r="B16" s="72" t="s">
+      <c r="C16" s="72" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D16" s="67" t="s">
         <v>1568</v>
-      </c>
-[...4 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="E16" s="68">
         <v>44821</v>
       </c>
-      <c r="F16" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="344">
+      <c r="F16" s="395" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G16" s="343">
         <v>38997</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="17" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A17" s="48" t="s">
         <v>246</v>
       </c>
       <c r="B17" s="44" t="s">
         <v>247</v>
       </c>
       <c r="C17" s="44" t="s">
         <v>248</v>
       </c>
       <c r="D17" s="44" t="s">
         <v>249</v>
       </c>
       <c r="E17" s="49">
         <v>32628</v>
       </c>
       <c r="F17" s="44" t="s">
         <v>48</v>
       </c>
       <c r="G17" s="38">
         <v>26768</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
-      <c r="A18" s="288" t="s">
+    <row r="18" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
+      <c r="A18" s="287" t="s">
         <v>250</v>
       </c>
       <c r="B18" s="29" t="s">
         <v>137</v>
       </c>
       <c r="C18" s="29" t="s">
         <v>138</v>
       </c>
       <c r="D18" s="29" t="s">
         <v>139</v>
       </c>
-      <c r="E18" s="289">
+      <c r="E18" s="288">
         <v>37906</v>
       </c>
       <c r="F18" s="29" t="s">
         <v>140</v>
       </c>
       <c r="G18" s="30">
         <v>32729</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="442" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E19" s="453">
+    <row r="19" spans="1:7" s="441" customFormat="1" ht="15" customHeight="1">
+      <c r="A19" s="450" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B19" s="451" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C19" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D19" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E19" s="452">
         <v>44752</v>
       </c>
-      <c r="F19" s="452" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="477">
+      <c r="F19" s="451" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G19" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="442" customFormat="1" ht="15" customHeight="1">
-[...12 lines deleted...]
-      <c r="E20" s="453">
+    <row r="20" spans="1:7" s="441" customFormat="1" ht="15" customHeight="1">
+      <c r="A20" s="450" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B20" s="451" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C20" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D20" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E20" s="452">
         <v>44716</v>
       </c>
-      <c r="F20" s="452" t="s">
+      <c r="F20" s="451" t="s">
         <v>241</v>
       </c>
-      <c r="G20" s="477">
+      <c r="G20" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="442" customFormat="1" ht="15" customHeight="1">
-[...4 lines deleted...]
-        <v>1492</v>
+    <row r="21" spans="1:7" s="441" customFormat="1" ht="15" customHeight="1">
+      <c r="A21" s="450" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B21" s="451" t="s">
+        <v>1490</v>
       </c>
       <c r="C21" s="44" t="s">
         <v>159</v>
       </c>
       <c r="D21" s="44" t="s">
         <v>160</v>
       </c>
-      <c r="E21" s="453">
+      <c r="E21" s="452">
         <v>40614</v>
       </c>
-      <c r="F21" s="452" t="s">
-        <v>963</v>
+      <c r="F21" s="451" t="s">
+        <v>961</v>
       </c>
       <c r="G21" s="38">
         <v>34608</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="22" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="48" t="s">
         <v>251</v>
       </c>
       <c r="B22" s="44" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="C22" s="44" t="s">
         <v>159</v>
       </c>
       <c r="D22" s="44" t="s">
         <v>160</v>
       </c>
       <c r="E22" s="49">
         <v>40712</v>
       </c>
       <c r="F22" s="44" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="G22" s="38">
         <v>34608</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="23" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="48" t="s">
         <v>252</v>
       </c>
       <c r="B23" s="44" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="C23" s="44" t="s">
         <v>159</v>
       </c>
       <c r="D23" s="44" t="s">
         <v>160</v>
       </c>
       <c r="E23" s="49">
         <v>40730</v>
       </c>
       <c r="F23" s="44" t="s">
         <v>241</v>
       </c>
       <c r="G23" s="38">
         <v>34608</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="24" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A24" s="45" t="s">
         <v>253</v>
       </c>
       <c r="B24" s="44" t="s">
         <v>254</v>
       </c>
       <c r="C24" s="44" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="44" t="s">
         <v>152</v>
       </c>
       <c r="E24" s="49">
         <v>34525</v>
       </c>
       <c r="F24" s="44" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="38">
         <v>28464</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
-      <c r="A25" s="288" t="s">
+    <row r="25" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
+      <c r="A25" s="287" t="s">
         <v>255</v>
       </c>
       <c r="B25" s="44" t="s">
         <v>256</v>
       </c>
       <c r="C25" s="44" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="44" t="s">
         <v>152</v>
       </c>
       <c r="E25" s="49">
         <v>34552</v>
       </c>
       <c r="F25" s="44" t="s">
         <v>257</v>
       </c>
       <c r="G25" s="38">
         <v>28464</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="26" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="48" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B26" s="44" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C26" s="44" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D26" s="44" t="s">
         <v>1529</v>
-      </c>
-[...7 lines deleted...]
-        <v>1531</v>
       </c>
       <c r="E26" s="49">
         <v>44734</v>
       </c>
       <c r="F26" s="72" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="G26" s="38">
         <v>39054</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="27" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A27" s="48" t="s">
         <v>258</v>
       </c>
       <c r="B27" s="44" t="s">
         <v>259</v>
       </c>
       <c r="C27" s="44" t="s">
         <v>260</v>
       </c>
       <c r="D27" s="44" t="s">
         <v>261</v>
       </c>
       <c r="E27" s="49">
         <v>38179</v>
       </c>
       <c r="F27" s="44" t="s">
         <v>262</v>
       </c>
       <c r="G27" s="38">
         <v>32394</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="28" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A28" s="48" t="s">
         <v>263</v>
       </c>
       <c r="B28" s="44" t="s">
         <v>264</v>
       </c>
       <c r="C28" s="44" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="44" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="49">
         <v>34888</v>
       </c>
       <c r="F28" s="44" t="s">
         <v>265</v>
       </c>
       <c r="G28" s="38">
         <v>28593</v>
       </c>
     </row>
-    <row r="29" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
-      <c r="A29" s="247" t="s">
+    <row r="29" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
+      <c r="A29" s="246" t="s">
         <v>56</v>
       </c>
-      <c r="B29" s="454" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="455" t="s">
+      <c r="B29" s="453" t="s">
         <v>1371</v>
       </c>
+      <c r="C29" s="454" t="s">
+        <v>1369</v>
+      </c>
       <c r="D29" s="29" t="s">
-        <v>1372</v>
-[...1 lines deleted...]
-      <c r="E29" s="289">
+        <v>1370</v>
+      </c>
+      <c r="E29" s="288">
         <v>43758</v>
       </c>
       <c r="F29" s="29" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="G29" s="30">
         <v>37438</v>
       </c>
     </row>
-    <row r="30" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="30" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A30" s="48" t="s">
         <v>266</v>
       </c>
       <c r="B30" s="44" t="s">
         <v>267</v>
       </c>
       <c r="C30" s="44" t="s">
         <v>155</v>
       </c>
       <c r="D30" s="44" t="s">
         <v>156</v>
       </c>
-      <c r="E30" s="290">
+      <c r="E30" s="289">
         <v>41100</v>
       </c>
       <c r="F30" s="44" t="s">
         <v>48</v>
       </c>
       <c r="G30" s="38">
         <v>34895</v>
       </c>
     </row>
-    <row r="31" spans="1:7" s="377" customFormat="1" ht="13.8">
-      <c r="A31" s="247" t="s">
+    <row r="31" spans="1:7" s="376" customFormat="1" ht="13.8">
+      <c r="A31" s="246" t="s">
         <v>162</v>
       </c>
       <c r="B31" s="29" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="C31" s="29" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="D31" s="29" t="s">
-        <v>1244</v>
-[...1 lines deleted...]
-      <c r="E31" s="289">
+        <v>1242</v>
+      </c>
+      <c r="E31" s="288">
         <v>42924</v>
       </c>
       <c r="F31" s="29" t="s">
-        <v>702</v>
-[...1 lines deleted...]
-      <c r="G31" s="254">
+        <v>701</v>
+      </c>
+      <c r="G31" s="253">
         <v>37446</v>
       </c>
     </row>
-    <row r="32" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="32" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="48" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="B32" s="44" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="C32" s="29" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="D32" s="29" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="E32" s="49">
         <v>43512</v>
       </c>
       <c r="F32" s="44" t="s">
         <v>79</v>
       </c>
-      <c r="G32" s="254">
+      <c r="G32" s="253">
         <v>37446</v>
       </c>
     </row>
-    <row r="33" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="33" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A33" s="48" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="B33" s="44" t="s">
         <v>165</v>
       </c>
       <c r="C33" s="44" t="s">
         <v>70</v>
       </c>
       <c r="D33" s="44" t="s">
         <v>71</v>
       </c>
-      <c r="E33" s="290" t="s">
+      <c r="E33" s="289" t="s">
         <v>268</v>
       </c>
       <c r="F33" s="44"/>
       <c r="G33" s="38"/>
     </row>
-    <row r="34" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="34" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A34" s="17" t="s">
         <v>269</v>
       </c>
       <c r="B34" s="44" t="s">
         <v>270</v>
       </c>
       <c r="C34" s="44" t="s">
         <v>155</v>
       </c>
       <c r="D34" s="44" t="s">
         <v>156</v>
       </c>
       <c r="E34" s="49">
         <v>41035</v>
       </c>
       <c r="F34" s="44" t="s">
         <v>79</v>
       </c>
       <c r="G34" s="38">
         <v>34895</v>
       </c>
     </row>
-    <row r="35" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="35" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A35" s="48" t="s">
         <v>271</v>
       </c>
-      <c r="B35" s="291">
+      <c r="B35" s="290">
         <v>43.29</v>
       </c>
       <c r="C35" s="44" t="s">
         <v>272</v>
       </c>
       <c r="D35" s="44" t="s">
         <v>273</v>
       </c>
       <c r="E35" s="49">
         <v>38192</v>
       </c>
       <c r="F35" s="44" t="s">
         <v>274</v>
       </c>
-      <c r="G35" s="292">
+      <c r="G35" s="291">
         <v>31818</v>
       </c>
     </row>
-    <row r="36" spans="1:7" s="246" customFormat="1" ht="15" customHeight="1">
+    <row r="36" spans="1:7" s="245" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="48" t="s">
         <v>275</v>
       </c>
-      <c r="B36" s="386" t="s">
-        <v>1655</v>
+      <c r="B36" s="385" t="s">
+        <v>1653</v>
       </c>
       <c r="C36" s="29" t="s">
-        <v>1647</v>
-[...4 lines deleted...]
-      <c r="E36" s="287">
+        <v>1645</v>
+      </c>
+      <c r="D36" s="386" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E36" s="286">
         <v>45060</v>
       </c>
-      <c r="F36" s="387" t="s">
+      <c r="F36" s="386" t="s">
         <v>241</v>
       </c>
       <c r="G36" s="30">
         <v>38855</v>
       </c>
     </row>
-    <row r="37" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="37" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A37" s="48" t="s">
         <v>276</v>
       </c>
       <c r="B37" s="46" t="s">
         <v>277</v>
       </c>
       <c r="C37" s="46" t="s">
         <v>171</v>
       </c>
       <c r="D37" s="46" t="s">
         <v>172</v>
       </c>
       <c r="E37" s="51">
         <v>37090</v>
       </c>
       <c r="F37" s="46" t="s">
         <v>79</v>
       </c>
       <c r="G37" s="37">
         <v>30727</v>
       </c>
     </row>
-    <row r="38" spans="1:7" s="246" customFormat="1" ht="11.25" customHeight="1">
+    <row r="38" spans="1:7" s="245" customFormat="1" ht="11.25" customHeight="1">
       <c r="A38" s="45" t="s">
         <v>278</v>
       </c>
-      <c r="B38" s="293" t="s">
+      <c r="B38" s="292" t="s">
         <v>279</v>
       </c>
-      <c r="C38" s="293" t="s">
+      <c r="C38" s="292" t="s">
         <v>171</v>
       </c>
-      <c r="D38" s="293" t="s">
+      <c r="D38" s="292" t="s">
         <v>172</v>
       </c>
-      <c r="E38" s="294">
+      <c r="E38" s="293">
         <v>37150</v>
       </c>
-      <c r="F38" s="293" t="s">
+      <c r="F38" s="292" t="s">
         <v>236</v>
       </c>
       <c r="G38" s="41">
         <v>30727</v>
       </c>
     </row>
-    <row r="39" spans="1:7" s="246" customFormat="1" ht="11.25" customHeight="1">
-[...1 lines deleted...]
-        <v>1657</v>
+    <row r="39" spans="1:7" s="245" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A39" s="294" t="s">
+        <v>1655</v>
       </c>
       <c r="B39" s="19" t="s">
-        <v>1658</v>
-[...7 lines deleted...]
-      <c r="E39" s="294">
+        <v>1656</v>
+      </c>
+      <c r="C39" s="292" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D39" s="292" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E39" s="293">
         <v>44892</v>
       </c>
-      <c r="F39" s="293" t="s">
+      <c r="F39" s="292" t="s">
         <v>173</v>
       </c>
       <c r="G39" s="41">
         <v>38855</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="246" customFormat="1" ht="11.25" customHeight="1">
+    <row r="40" spans="1:7" s="245" customFormat="1" ht="11.25" customHeight="1">
       <c r="A40" s="45"/>
       <c r="B40" s="12" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="C40" s="12" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D40" s="12" t="s">
         <v>202</v>
       </c>
       <c r="E40" s="12" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
       <c r="F40" s="46"/>
       <c r="G40" s="37"/>
     </row>
-    <row r="41" spans="1:7" s="246" customFormat="1" ht="11.25" customHeight="1">
+    <row r="41" spans="1:7" s="245" customFormat="1" ht="11.25" customHeight="1">
       <c r="A41" s="45"/>
       <c r="B41" s="46" t="s">
         <v>181</v>
       </c>
       <c r="C41" s="46" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
       <c r="D41" s="46" t="s">
         <v>397</v>
       </c>
-      <c r="E41" s="236" t="s">
-        <v>1695</v>
+      <c r="E41" s="235" t="s">
+        <v>1693</v>
       </c>
       <c r="F41" s="46"/>
       <c r="G41" s="37"/>
     </row>
-    <row r="42" spans="1:7" s="246" customFormat="1" ht="11.25" customHeight="1">
+    <row r="42" spans="1:7" s="245" customFormat="1" ht="11.25" customHeight="1">
       <c r="A42" s="45"/>
       <c r="B42" s="12" t="s">
         <v>286</v>
       </c>
       <c r="C42" s="46" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="D42" s="46"/>
-      <c r="E42" s="236"/>
+      <c r="E42" s="235"/>
       <c r="F42" s="46"/>
       <c r="G42" s="37"/>
     </row>
-    <row r="43" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A43" s="295" t="s">
+    <row r="43" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A43" s="294" t="s">
         <v>280</v>
       </c>
-      <c r="B43" s="293" t="s">
+      <c r="B43" s="292" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C43" s="292" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D43" s="292" t="s">
         <v>1646</v>
       </c>
-      <c r="C43" s="293" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="294">
+      <c r="E43" s="293">
         <v>45059</v>
       </c>
-      <c r="F43" s="293" t="s">
+      <c r="F43" s="292" t="s">
         <v>241</v>
       </c>
       <c r="G43" s="41">
         <v>38855</v>
       </c>
     </row>
-    <row r="44" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="44" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A44" s="45"/>
       <c r="B44" s="46" t="s">
         <v>281</v>
       </c>
       <c r="C44" s="46" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="D44" s="46" t="s">
         <v>282</v>
       </c>
       <c r="E44" s="51" t="s">
-        <v>1650</v>
+        <v>1648</v>
       </c>
       <c r="F44" s="46"/>
       <c r="G44" s="47"/>
     </row>
-    <row r="45" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="45" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A45" s="45"/>
       <c r="B45" s="12" t="s">
         <v>283</v>
       </c>
       <c r="C45" s="46" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="D45" s="46" t="s">
         <v>284</v>
       </c>
       <c r="E45" s="51" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="F45" s="46"/>
       <c r="G45" s="47"/>
     </row>
-    <row r="46" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="46" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A46" s="45"/>
       <c r="B46" s="46" t="s">
         <v>285</v>
       </c>
       <c r="C46" s="46" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D46" s="46" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E46" s="51" t="s">
         <v>1653</v>
-      </c>
-[...4 lines deleted...]
-        <v>1655</v>
       </c>
       <c r="F46" s="46"/>
       <c r="G46" s="47"/>
     </row>
-    <row r="47" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="47" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A47" s="48"/>
       <c r="B47" s="44" t="s">
         <v>286</v>
       </c>
       <c r="C47" s="44" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="D47" s="44"/>
       <c r="E47" s="49"/>
       <c r="F47" s="44"/>
-      <c r="G47" s="492"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:7" s="246" customFormat="1" ht="13.8">
+      <c r="G47" s="491"/>
+    </row>
+    <row r="48" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A48" s="45" t="s">
         <v>287</v>
       </c>
       <c r="B48" s="46" t="s">
         <v>288</v>
       </c>
       <c r="C48" s="50"/>
       <c r="D48" s="19"/>
       <c r="E48" s="51">
         <v>38514</v>
       </c>
       <c r="F48" s="46" t="s">
         <v>48</v>
       </c>
       <c r="G48" s="47"/>
     </row>
-    <row r="49" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="49" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A49" s="45"/>
       <c r="B49" s="46"/>
       <c r="C49" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D49" s="52" t="s">
         <v>290</v>
       </c>
       <c r="E49" s="51"/>
       <c r="F49" s="46"/>
       <c r="G49" s="47">
         <v>32834</v>
       </c>
     </row>
-    <row r="50" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="50" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A50" s="45"/>
       <c r="B50" s="46"/>
       <c r="C50" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D50" s="52" t="s">
         <v>88</v>
       </c>
       <c r="E50" s="51"/>
       <c r="F50" s="46"/>
       <c r="G50" s="47">
         <v>32187</v>
       </c>
     </row>
-    <row r="51" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="51" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A51" s="45"/>
       <c r="B51" s="46"/>
       <c r="C51" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D51" s="52" t="s">
         <v>139</v>
       </c>
       <c r="E51" s="51"/>
       <c r="F51" s="46"/>
       <c r="G51" s="37">
         <v>32729</v>
       </c>
     </row>
-    <row r="52" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="52" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A52" s="48"/>
       <c r="B52" s="44"/>
       <c r="C52" s="52" t="s">
         <v>291</v>
       </c>
-      <c r="D52" s="296" t="s">
+      <c r="D52" s="295" t="s">
         <v>292</v>
       </c>
       <c r="E52" s="51"/>
       <c r="F52" s="46"/>
       <c r="G52" s="47">
         <v>32391</v>
       </c>
     </row>
-    <row r="53" spans="1:7" s="246" customFormat="1" ht="13.8">
-      <c r="A53" s="295" t="s">
+    <row r="53" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A53" s="294" t="s">
         <v>293</v>
       </c>
-      <c r="B53" s="293" t="s">
+      <c r="B53" s="292" t="s">
         <v>294</v>
       </c>
       <c r="C53" s="19"/>
       <c r="D53" s="19"/>
       <c r="E53" s="20" t="s">
         <v>295</v>
       </c>
       <c r="F53" s="19"/>
       <c r="G53" s="53"/>
     </row>
-    <row r="54" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="54" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A54" s="45"/>
       <c r="B54" s="46"/>
       <c r="C54" s="46" t="s">
         <v>296</v>
       </c>
       <c r="D54" s="46"/>
       <c r="E54" s="51"/>
       <c r="F54" s="46"/>
       <c r="G54" s="47"/>
     </row>
-    <row r="55" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="55" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A55" s="45"/>
       <c r="B55" s="12"/>
       <c r="C55" s="46" t="s">
         <v>297</v>
       </c>
       <c r="D55" s="46"/>
       <c r="E55" s="51"/>
       <c r="F55" s="46"/>
       <c r="G55" s="47"/>
     </row>
-    <row r="56" spans="1:7" s="246" customFormat="1" ht="13.8">
+    <row r="56" spans="1:7" s="245" customFormat="1" ht="13.8">
       <c r="A56" s="45"/>
       <c r="B56" s="46"/>
       <c r="C56" s="46" t="s">
         <v>298</v>
       </c>
       <c r="D56" s="46"/>
       <c r="E56" s="51"/>
       <c r="F56" s="46"/>
       <c r="G56" s="47"/>
     </row>
-    <row r="57" spans="1:7" s="246" customFormat="1" thickBot="1">
+    <row r="57" spans="1:7" s="245" customFormat="1" thickBot="1">
       <c r="A57" s="54"/>
       <c r="B57" s="55"/>
       <c r="C57" s="55" t="s">
         <v>299</v>
       </c>
       <c r="D57" s="55"/>
       <c r="E57" s="56"/>
       <c r="F57" s="55"/>
       <c r="G57" s="57"/>
     </row>
-    <row r="58" spans="1:7" s="246" customFormat="1" thickTop="1">
-[...3 lines deleted...]
-      <c r="A59" s="297"/>
+    <row r="58" spans="1:7" s="245" customFormat="1" thickTop="1">
+      <c r="A58" s="296"/>
+    </row>
+    <row r="59" spans="1:7" s="245" customFormat="1" ht="13.8">
+      <c r="A59" s="296"/>
     </row>
     <row r="60" spans="1:7">
-      <c r="A60" s="246"/>
-[...5 lines deleted...]
-      <c r="G60" s="246"/>
+      <c r="A60" s="245"/>
+      <c r="B60" s="245"/>
+      <c r="C60" s="245"/>
+      <c r="D60" s="245"/>
+      <c r="E60" s="245"/>
+      <c r="F60" s="245"/>
+      <c r="G60" s="245"/>
     </row>
     <row r="61" spans="1:7">
-      <c r="A61" s="246"/>
-[...5 lines deleted...]
-      <c r="G61" s="246"/>
+      <c r="A61" s="245"/>
+      <c r="B61" s="245"/>
+      <c r="C61" s="245"/>
+      <c r="D61" s="245"/>
+      <c r="E61" s="245"/>
+      <c r="F61" s="245"/>
+      <c r="G61" s="245"/>
     </row>
     <row r="62" spans="1:7">
-      <c r="A62" s="246"/>
-[...5 lines deleted...]
-      <c r="G62" s="246"/>
+      <c r="A62" s="245"/>
+      <c r="B62" s="245"/>
+      <c r="C62" s="245"/>
+      <c r="D62" s="245"/>
+      <c r="E62" s="245"/>
+      <c r="F62" s="245"/>
+      <c r="G62" s="245"/>
     </row>
     <row r="63" spans="1:7">
-      <c r="A63" s="246"/>
-[...5 lines deleted...]
-      <c r="G63" s="246"/>
+      <c r="A63" s="245"/>
+      <c r="B63" s="245"/>
+      <c r="C63" s="245"/>
+      <c r="D63" s="245"/>
+      <c r="E63" s="245"/>
+      <c r="F63" s="245"/>
+      <c r="G63" s="245"/>
     </row>
     <row r="64" spans="1:7">
-      <c r="A64" s="246"/>
-[...5 lines deleted...]
-      <c r="G64" s="246"/>
+      <c r="A64" s="245"/>
+      <c r="B64" s="245"/>
+      <c r="C64" s="245"/>
+      <c r="D64" s="245"/>
+      <c r="E64" s="245"/>
+      <c r="F64" s="245"/>
+      <c r="G64" s="245"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C29" r:id="rId1" display="javascript:bddThrowAthlete('resultats', 3230830, 0)" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="84" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K141"/>
   <sheetViews>
-    <sheetView topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="I40" sqref="I40"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="16.88671875" customWidth="1"/>
     <col min="2" max="2" width="12.109375" customWidth="1"/>
     <col min="3" max="3" width="19.5546875" customWidth="1"/>
     <col min="5" max="5" width="15.44140625" customWidth="1"/>
     <col min="6" max="6" width="17.44140625" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="G1" s="58"/>
     </row>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>300</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
       <c r="G2" s="58"/>
     </row>
     <row r="3" spans="1:7">
       <c r="G3" s="58"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="59"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickTop="1">
       <c r="A6" s="62" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="63" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="64" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="63" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="63" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="64" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="106" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="7" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A7" s="66" t="s">
         <v>229</v>
       </c>
       <c r="B7" s="67" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="C7" s="90" t="s">
         <v>231</v>
       </c>
       <c r="D7" s="91" t="s">
         <v>107</v>
       </c>
       <c r="E7" s="79">
         <v>42414</v>
       </c>
       <c r="F7" s="75" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="G7" s="331">
+        <v>764</v>
+      </c>
+      <c r="G7" s="330">
         <v>35595</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A8" s="66" t="s">
         <v>233</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1603</v>
-[...1 lines deleted...]
-      <c r="C8" s="330" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C8" s="329" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="95" t="s">
         <v>107</v>
       </c>
       <c r="E8" s="86">
         <v>42512</v>
       </c>
       <c r="F8" s="84" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="G8" s="331">
+        <v>1602</v>
+      </c>
+      <c r="G8" s="330">
         <v>35595</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A9" s="66" t="s">
         <v>235</v>
       </c>
       <c r="B9" s="67" t="s">
         <v>301</v>
       </c>
       <c r="C9" s="72" t="s">
         <v>302</v>
       </c>
       <c r="D9" s="128" t="s">
         <v>303</v>
       </c>
       <c r="E9" s="129">
         <v>30143</v>
       </c>
       <c r="F9" s="128" t="s">
         <v>218</v>
       </c>
-      <c r="G9" s="164">
+      <c r="G9" s="163">
         <v>23927</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A10" s="66" t="s">
         <v>304</v>
       </c>
       <c r="B10" s="67" t="s">
         <v>305</v>
       </c>
       <c r="C10" s="67" t="s">
         <v>302</v>
       </c>
       <c r="D10" s="67" t="s">
         <v>303</v>
       </c>
       <c r="E10" s="68">
         <v>30507</v>
       </c>
       <c r="F10" s="67" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="G10" s="164">
+        <v>1189</v>
+      </c>
+      <c r="G10" s="163">
         <v>23927</v>
       </c>
     </row>
-    <row r="11" spans="1:7" s="298" customFormat="1" ht="13.2">
-      <c r="A11" s="314" t="s">
+    <row r="11" spans="1:7" s="297" customFormat="1" ht="13.2">
+      <c r="A11" s="313" t="s">
         <v>306</v>
       </c>
-      <c r="B11" s="188" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="189">
+      <c r="B11" s="187" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C11" s="178" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D11" s="178" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E11" s="188">
         <v>42512</v>
       </c>
-      <c r="F11" s="188" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="477">
+      <c r="F11" s="187" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G11" s="476">
         <v>35867</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="65" customFormat="1" ht="13.2">
-      <c r="A12" s="465" t="s">
+      <c r="A12" s="464" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="29" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="C12" s="29" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="D12" s="29" t="s">
-        <v>1527</v>
-[...1 lines deleted...]
-      <c r="E12" s="289">
+        <v>1525</v>
+      </c>
+      <c r="E12" s="288">
         <v>44680</v>
       </c>
       <c r="F12" s="29" t="s">
         <v>241</v>
       </c>
-      <c r="G12" s="480">
+      <c r="G12" s="479">
         <v>39007</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A13" s="66" t="s">
         <v>243</v>
       </c>
       <c r="B13" s="67" t="s">
         <v>307</v>
       </c>
       <c r="C13" s="67" t="s">
         <v>308</v>
       </c>
       <c r="D13" s="67" t="s">
         <v>309</v>
       </c>
       <c r="E13" s="68">
         <v>30948</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>310</v>
       </c>
-      <c r="G13" s="164">
+      <c r="G13" s="163">
         <v>24237</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="13.2">
-      <c r="A14" s="465" t="s">
+      <c r="A14" s="464" t="s">
         <v>245</v>
       </c>
       <c r="B14" s="44" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="C14" s="44" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="D14" s="44" t="s">
         <v>139</v>
       </c>
       <c r="E14" s="49">
         <v>42917</v>
       </c>
       <c r="F14" s="44" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="38">
         <v>36707</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A15" s="66" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B15" s="72" t="s">
         <v>1566</v>
       </c>
-      <c r="B15" s="72" t="s">
+      <c r="C15" s="72" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D15" s="67" t="s">
         <v>1568</v>
-      </c>
-[...4 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="E15" s="68">
         <v>38997</v>
       </c>
-      <c r="F15" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="164">
+      <c r="F15" s="395" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G15" s="163">
         <v>38997</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A16" s="71" t="s">
         <v>311</v>
       </c>
       <c r="B16" s="67" t="s">
         <v>312</v>
       </c>
       <c r="C16" s="67" t="s">
         <v>313</v>
       </c>
       <c r="D16" s="108" t="s">
         <v>314</v>
       </c>
       <c r="E16" s="68">
         <v>40104</v>
       </c>
       <c r="F16" s="67" t="s">
         <v>315</v>
       </c>
-      <c r="G16" s="164">
+      <c r="G16" s="163">
         <v>33171</v>
       </c>
     </row>
     <row r="17" spans="1:11" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A17" s="71" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="B17" s="67" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="C17" s="67" t="s">
         <v>159</v>
       </c>
       <c r="D17" s="67" t="s">
         <v>317</v>
       </c>
       <c r="E17" s="68">
         <v>41335</v>
       </c>
-      <c r="F17" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="164">
+      <c r="F17" s="395" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G17" s="163">
         <v>34608</v>
       </c>
     </row>
-    <row r="18" spans="1:11" s="298" customFormat="1" ht="11.25" customHeight="1">
+    <row r="18" spans="1:11" s="297" customFormat="1" ht="11.25" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>316</v>
       </c>
       <c r="B18" s="67" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="C18" s="67" t="s">
         <v>159</v>
       </c>
       <c r="D18" s="67" t="s">
         <v>317</v>
       </c>
       <c r="E18" s="68">
         <v>41432</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>318</v>
       </c>
-      <c r="G18" s="164">
+      <c r="G18" s="163">
         <v>34608</v>
       </c>
     </row>
     <row r="19" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A19" s="66" t="s">
         <v>255</v>
       </c>
       <c r="B19" s="67" t="s">
         <v>319</v>
       </c>
       <c r="C19" s="67" t="s">
         <v>25</v>
       </c>
       <c r="D19" s="67" t="s">
         <v>152</v>
       </c>
       <c r="E19" s="68">
         <v>34902</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>320</v>
       </c>
-      <c r="G19" s="164">
+      <c r="G19" s="163">
         <v>28464</v>
       </c>
     </row>
-    <row r="20" spans="1:11" s="299" customFormat="1" ht="11.25" customHeight="1">
-[...12 lines deleted...]
-      <c r="E20" s="453">
+    <row r="20" spans="1:11" s="298" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A20" s="475" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B20" s="451" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C20" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D20" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E20" s="452">
         <v>44752</v>
       </c>
-      <c r="F20" s="452" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="477">
+      <c r="F20" s="451" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G20" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="21" spans="1:11" s="298" customFormat="1" ht="10.5" customHeight="1">
-[...12 lines deleted...]
-      <c r="E21" s="453">
+    <row r="21" spans="1:11" s="297" customFormat="1" ht="10.5" customHeight="1">
+      <c r="A21" s="450" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B21" s="451" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C21" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D21" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E21" s="452">
         <v>44716</v>
       </c>
-      <c r="F21" s="452" t="s">
+      <c r="F21" s="451" t="s">
         <v>241</v>
       </c>
-      <c r="G21" s="477">
+      <c r="G21" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="22" spans="1:11" s="298" customFormat="1" ht="11.4" customHeight="1">
+    <row r="22" spans="1:11" s="297" customFormat="1" ht="11.4" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>321</v>
       </c>
       <c r="B22" s="67" t="s">
-        <v>1720</v>
-[...5 lines deleted...]
-        <v>1343</v>
+        <v>1718</v>
+      </c>
+      <c r="C22" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D22" s="451" t="s">
+        <v>1341</v>
       </c>
       <c r="E22" s="68">
         <v>45445</v>
       </c>
-      <c r="F22" s="145" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="477">
+      <c r="F22" s="144" t="s">
+        <v>1545</v>
+      </c>
+      <c r="G22" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="23" spans="1:11" s="298" customFormat="1" ht="10.199999999999999" customHeight="1">
+    <row r="23" spans="1:11" s="297" customFormat="1" ht="10.199999999999999" customHeight="1">
       <c r="A23" s="66" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="B23" s="67" t="s">
-        <v>1660</v>
-[...5 lines deleted...]
-        <v>1343</v>
+        <v>1658</v>
+      </c>
+      <c r="C23" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D23" s="451" t="s">
+        <v>1341</v>
       </c>
       <c r="E23" s="68">
         <v>45207</v>
       </c>
       <c r="F23" s="67" t="s">
-        <v>1458</v>
-[...1 lines deleted...]
-      <c r="G23" s="477">
+        <v>1456</v>
+      </c>
+      <c r="G23" s="476">
         <v>39059</v>
       </c>
     </row>
     <row r="24" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A24" s="71" t="s">
         <v>258</v>
       </c>
       <c r="B24" s="67" t="s">
         <v>259</v>
       </c>
       <c r="C24" s="67" t="s">
         <v>260</v>
       </c>
       <c r="D24" s="67" t="s">
         <v>261</v>
       </c>
       <c r="E24" s="68">
         <v>38179</v>
       </c>
       <c r="F24" s="67" t="s">
         <v>262</v>
       </c>
-      <c r="G24" s="164">
+      <c r="G24" s="163">
         <v>32394</v>
       </c>
     </row>
     <row r="25" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A25" s="66" t="s">
         <v>263</v>
       </c>
       <c r="B25" s="67" t="s">
         <v>323</v>
       </c>
       <c r="C25" s="67" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="67" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="68">
         <v>34888</v>
       </c>
       <c r="F25" s="67" t="s">
         <v>265</v>
       </c>
-      <c r="G25" s="164">
+      <c r="G25" s="163">
         <v>28593</v>
       </c>
     </row>
     <row r="26" spans="1:11" s="65" customFormat="1" ht="12">
-      <c r="A26" s="443" t="s">
-[...11 lines deleted...]
-      <c r="E26" s="391">
+      <c r="A26" s="442" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B26" s="388" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C26" s="443" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D26" s="389" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E26" s="390">
         <v>44246</v>
       </c>
-      <c r="F26" s="389" t="s">
-[...2 lines deleted...]
-      <c r="G26" s="482">
+      <c r="F26" s="388" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G26" s="481">
         <v>37438</v>
       </c>
     </row>
     <row r="27" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A27" s="107" t="s">
         <v>266</v>
       </c>
       <c r="B27" s="67" t="s">
         <v>267</v>
       </c>
       <c r="C27" s="67" t="s">
         <v>155</v>
       </c>
       <c r="D27" s="67" t="s">
         <v>156</v>
       </c>
       <c r="E27" s="109">
         <v>41100</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>48</v>
       </c>
-      <c r="G27" s="393">
+      <c r="G27" s="392">
         <v>34895</v>
       </c>
     </row>
     <row r="28" spans="1:11" s="65" customFormat="1" ht="11.4" customHeight="1">
-      <c r="A28" s="388" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="389" t="s">
+      <c r="A28" s="387" t="s">
         <v>1338</v>
       </c>
-      <c r="C28" s="390" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="391">
+      <c r="B28" s="388" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C28" s="389" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D28" s="389" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E28" s="390">
         <v>43512</v>
       </c>
-      <c r="F28" s="389" t="s">
+      <c r="F28" s="388" t="s">
         <v>79</v>
       </c>
-      <c r="G28" s="483">
+      <c r="G28" s="482">
         <v>37446</v>
       </c>
     </row>
     <row r="29" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A29" s="66" t="s">
         <v>327</v>
       </c>
       <c r="B29" s="67" t="s">
         <v>328</v>
       </c>
       <c r="C29" s="67" t="s">
         <v>329</v>
       </c>
       <c r="D29" s="67" t="s">
         <v>330</v>
       </c>
       <c r="E29" s="68" t="s">
         <v>331</v>
       </c>
       <c r="F29" s="67"/>
-      <c r="G29" s="164" t="s">
+      <c r="G29" s="163" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="30" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A30" s="71" t="s">
         <v>271</v>
       </c>
       <c r="B30" s="76">
         <v>43.29</v>
       </c>
       <c r="C30" s="67" t="s">
         <v>272</v>
       </c>
       <c r="D30" s="67" t="s">
         <v>273</v>
       </c>
       <c r="E30" s="68">
         <v>38192</v>
       </c>
       <c r="F30" s="67" t="s">
         <v>274</v>
       </c>
-      <c r="G30" s="484">
+      <c r="G30" s="483">
         <v>31818</v>
       </c>
     </row>
     <row r="31" spans="1:11" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>333</v>
       </c>
       <c r="B31" s="75" t="s">
         <v>334</v>
       </c>
       <c r="C31" s="75" t="s">
         <v>335</v>
       </c>
       <c r="D31" s="75" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="79">
         <v>35585</v>
       </c>
       <c r="F31" s="75" t="s">
         <v>48</v>
       </c>
-      <c r="G31" s="162">
+      <c r="G31" s="161">
         <v>29055</v>
       </c>
     </row>
     <row r="32" spans="1:11" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A32" s="520" t="s">
-[...11 lines deleted...]
-      <c r="E32" s="522">
+      <c r="A32" s="519" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B32" s="520" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C32" s="570" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D32" s="520" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E32" s="521">
         <v>45669</v>
       </c>
-      <c r="F32" s="521" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="572">
+      <c r="F32" s="520" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G32" s="571">
         <v>38855</v>
       </c>
       <c r="K32" s="65">
-        <v>659</v>
+        <v>744</v>
       </c>
     </row>
     <row r="33" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A33" s="524"/>
-[...6 lines deleted...]
-      <c r="D33" s="573" t="s">
+      <c r="A33" s="523"/>
+      <c r="B33" s="524" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C33" s="540" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D33" s="572" t="s">
         <v>202</v>
       </c>
-      <c r="E33" s="525" t="s">
-[...3 lines deleted...]
-      <c r="G33" s="574"/>
+      <c r="E33" s="524" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F33" s="572"/>
+      <c r="G33" s="573"/>
       <c r="K33" s="65">
         <v>712</v>
       </c>
     </row>
     <row r="34" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A34" s="524"/>
-      <c r="B34" s="525" t="s">
+      <c r="A34" s="523"/>
+      <c r="B34" s="524" t="s">
         <v>394</v>
       </c>
-      <c r="C34" s="525" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="525" t="s">
+      <c r="C34" s="524" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D34" s="524" t="s">
         <v>397</v>
       </c>
-      <c r="E34" s="525" t="s">
-[...3 lines deleted...]
-      <c r="G34" s="574"/>
+      <c r="E34" s="524" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F34" s="574"/>
+      <c r="G34" s="573"/>
       <c r="K34" s="65">
-        <v>546</v>
+        <v>519</v>
       </c>
     </row>
     <row r="35" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A35" s="524"/>
-      <c r="B35" s="576" t="s">
+      <c r="A35" s="523"/>
+      <c r="B35" s="575" t="s">
         <v>286</v>
       </c>
-      <c r="C35" s="382" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="573" t="s">
+      <c r="C35" s="381" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D35" s="572" t="s">
         <v>67</v>
       </c>
-      <c r="E35" s="577" t="s">
+      <c r="E35" s="576" t="s">
         <v>67</v>
       </c>
-      <c r="F35" s="575" t="s">
+      <c r="F35" s="574" t="s">
         <v>67</v>
       </c>
-      <c r="G35" s="578"/>
+      <c r="G35" s="577"/>
       <c r="K35" s="65">
-        <v>733</v>
-[...3 lines deleted...]
-      <c r="A36" s="520" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A36" s="519" t="s">
         <v>198</v>
       </c>
-      <c r="B36" s="521" t="s">
-[...14 lines deleted...]
-      <c r="G36" s="572">
+      <c r="B36" s="520" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C36" s="570" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D36" s="520" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E36" s="521">
+        <v>45815</v>
+      </c>
+      <c r="F36" s="600" t="s">
+        <v>1811</v>
+      </c>
+      <c r="G36" s="571">
         <v>38855</v>
       </c>
-      <c r="K36" s="298">
-[...5 lines deleted...]
-      <c r="B37" s="525" t="s">
+      <c r="K36" s="297">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A37" s="523"/>
+      <c r="B37" s="524" t="s">
         <v>281</v>
       </c>
-      <c r="C37" s="541" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="573" t="s">
+      <c r="C37" s="540" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D37" s="572" t="s">
         <v>202</v>
       </c>
-      <c r="E37" s="525" t="s">
-[...10 lines deleted...]
-      <c r="B38" s="525" t="s">
+      <c r="E37" s="524" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F37" s="572"/>
+      <c r="G37" s="573"/>
+      <c r="K37" s="297">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A38" s="523"/>
+      <c r="B38" s="524" t="s">
         <v>394</v>
       </c>
-      <c r="C38" s="525" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="573" t="s">
+      <c r="C38" s="524" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D38" s="572" t="s">
         <v>284</v>
       </c>
-      <c r="E38" s="575" t="s">
-[...10 lines deleted...]
-      <c r="B39" s="525" t="s">
+      <c r="E38" s="574" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F38" s="574"/>
+      <c r="G38" s="573"/>
+      <c r="K38" s="297">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A39" s="523"/>
+      <c r="B39" s="524" t="s">
         <v>397</v>
       </c>
-      <c r="C39" s="525" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="573" t="s">
+      <c r="C39" s="524" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D39" s="572" t="s">
         <v>399</v>
       </c>
-      <c r="E39" s="577" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="575" t="s">
+      <c r="E39" s="576" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F39" s="574" t="s">
         <v>67</v>
       </c>
-      <c r="G39" s="578"/>
-[...3 lines deleted...]
-      <c r="B40" s="525" t="s">
+      <c r="G39" s="577"/>
+    </row>
+    <row r="40" spans="1:11" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A40" s="523"/>
+      <c r="B40" s="524" t="s">
         <v>286</v>
       </c>
-      <c r="C40" s="575" t="s">
-[...6 lines deleted...]
-      <c r="K40" s="298">
+      <c r="C40" s="574" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D40" s="575"/>
+      <c r="E40" s="576"/>
+      <c r="F40" s="574"/>
+      <c r="G40" s="601"/>
+      <c r="K40" s="297">
         <f>SUM(K32:K38)</f>
-        <v>4606</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="41" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A41" s="83" t="s">
         <v>337</v>
       </c>
       <c r="B41" s="84" t="s">
         <v>338</v>
       </c>
       <c r="C41" s="85"/>
       <c r="D41" s="85"/>
       <c r="E41" s="86">
         <v>38914</v>
       </c>
       <c r="F41" s="87" t="s">
         <v>12</v>
       </c>
-      <c r="G41" s="331"/>
+      <c r="G41" s="330"/>
     </row>
     <row r="42" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A42" s="88"/>
       <c r="B42" s="89"/>
       <c r="C42" s="90" t="s">
         <v>339</v>
       </c>
       <c r="D42" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E42" s="79"/>
       <c r="F42" s="75"/>
-      <c r="G42" s="162">
+      <c r="G42" s="161">
         <v>32639</v>
       </c>
     </row>
     <row r="43" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A43" s="88"/>
       <c r="B43" s="89"/>
       <c r="C43" s="90" t="s">
         <v>341</v>
       </c>
       <c r="D43" s="91" t="s">
         <v>342</v>
       </c>
       <c r="E43" s="79"/>
       <c r="F43" s="75"/>
-      <c r="G43" s="162">
+      <c r="G43" s="161">
         <v>32068</v>
       </c>
     </row>
     <row r="44" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A44" s="88"/>
       <c r="B44" s="89"/>
       <c r="C44" s="90" t="s">
         <v>87</v>
       </c>
       <c r="D44" s="91" t="s">
         <v>88</v>
       </c>
       <c r="E44" s="79"/>
       <c r="F44" s="75"/>
-      <c r="G44" s="162">
+      <c r="G44" s="161">
         <v>32187</v>
       </c>
     </row>
     <row r="45" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A45" s="88"/>
       <c r="B45" s="89"/>
       <c r="C45" s="92" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="91" t="s">
         <v>52</v>
       </c>
       <c r="E45" s="79"/>
       <c r="F45" s="75"/>
-      <c r="G45" s="162">
+      <c r="G45" s="161">
         <v>31940</v>
       </c>
     </row>
     <row r="46" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A46" s="93" t="s">
         <v>343</v>
       </c>
       <c r="B46" s="94" t="s">
         <v>344</v>
       </c>
       <c r="C46" s="95"/>
       <c r="D46" s="95"/>
       <c r="E46" s="96">
         <v>38508</v>
       </c>
       <c r="F46" s="97" t="s">
         <v>345</v>
       </c>
-      <c r="G46" s="331"/>
+      <c r="G46" s="330"/>
     </row>
     <row r="47" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A47" s="88"/>
       <c r="B47" s="89"/>
       <c r="C47" s="90" t="s">
         <v>346</v>
       </c>
       <c r="D47" s="91" t="s">
         <v>347</v>
       </c>
       <c r="E47" s="79"/>
       <c r="F47" s="75"/>
-      <c r="G47" s="162">
+      <c r="G47" s="161">
         <v>31598</v>
       </c>
     </row>
     <row r="48" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A48" s="88"/>
       <c r="B48" s="89"/>
       <c r="C48" s="90" t="s">
         <v>341</v>
       </c>
       <c r="D48" s="91" t="s">
         <v>342</v>
       </c>
       <c r="E48" s="79"/>
       <c r="F48" s="75"/>
-      <c r="G48" s="162">
+      <c r="G48" s="161">
         <v>32068</v>
       </c>
     </row>
     <row r="49" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A49" s="88"/>
       <c r="B49" s="89"/>
       <c r="C49" s="90" t="s">
         <v>341</v>
       </c>
       <c r="D49" s="91" t="s">
         <v>336</v>
       </c>
       <c r="E49" s="79"/>
       <c r="F49" s="75"/>
-      <c r="G49" s="162">
+      <c r="G49" s="161">
         <v>31435</v>
       </c>
     </row>
     <row r="50" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A50" s="88"/>
       <c r="B50" s="89"/>
       <c r="C50" s="112" t="s">
         <v>291</v>
       </c>
       <c r="D50" s="100" t="s">
         <v>292</v>
       </c>
       <c r="E50" s="79"/>
       <c r="F50" s="75"/>
-      <c r="G50" s="162">
+      <c r="G50" s="161">
         <v>32391</v>
       </c>
     </row>
     <row r="51" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
       <c r="A51" s="101"/>
       <c r="B51" s="102"/>
       <c r="C51" s="113"/>
       <c r="D51" s="102"/>
       <c r="E51" s="114"/>
       <c r="F51" s="102"/>
-      <c r="G51" s="166"/>
+      <c r="G51" s="165"/>
     </row>
     <row r="52" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1">
       <c r="G52" s="116"/>
     </row>
     <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A53" s="65" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="G53" s="116"/>
     </row>
     <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="58" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="59" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="60" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="61" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="62" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="65" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="66" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="67" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="68" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="69" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="70" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="71" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="72" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="73" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="74" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="75" s="65" customFormat="1" ht="10.199999999999999"/>
@@ -21393,6297 +21581,6320 @@
     <row r="137" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="138" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="139" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="140" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="141" s="65" customFormat="1" ht="10.199999999999999"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C26" r:id="rId1" display="javascript:bddThrowAthlete('resultats', 3230830, 0)" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K78"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="16.88671875" customWidth="1"/>
     <col min="3" max="3" width="21.109375" customWidth="1"/>
     <col min="5" max="5" width="16.6640625" customWidth="1"/>
     <col min="6" max="6" width="17.33203125" customWidth="1"/>
     <col min="7" max="7" width="13.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="G1" s="60"/>
     </row>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>348</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
       <c r="G2" s="60"/>
     </row>
     <row r="3" spans="1:7">
       <c r="G3" s="60"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="61"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickTop="1">
       <c r="A6" s="62" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="63" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="64" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="63" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="63" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="394" t="s">
+      <c r="F6" s="393" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="401" t="s">
+      <c r="G6" s="400" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="7" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A7" s="66" t="s">
         <v>229</v>
       </c>
       <c r="B7" s="67" t="s">
-        <v>1211</v>
-[...1 lines deleted...]
-      <c r="C7" s="338" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C7" s="337" t="s">
         <v>231</v>
       </c>
-      <c r="D7" s="339" t="s">
+      <c r="D7" s="338" t="s">
         <v>107</v>
       </c>
       <c r="E7" s="129">
         <v>42414</v>
       </c>
-      <c r="F7" s="395" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="331">
+      <c r="F7" s="394" t="s">
+        <v>764</v>
+      </c>
+      <c r="G7" s="330">
         <v>35595</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="8" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A8" s="66" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1354</v>
-[...1 lines deleted...]
-      <c r="C8" s="330" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C8" s="329" t="s">
         <v>231</v>
       </c>
       <c r="D8" s="95" t="s">
         <v>107</v>
       </c>
       <c r="E8" s="68">
         <v>43645</v>
       </c>
-      <c r="F8" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="331">
+      <c r="F8" s="395" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G8" s="330">
         <v>35595</v>
       </c>
     </row>
-    <row r="9" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="9" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A9" s="66" t="s">
         <v>349</v>
       </c>
       <c r="B9" s="67" t="s">
-        <v>1332</v>
-[...1 lines deleted...]
-      <c r="C9" s="338" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C9" s="337" t="s">
         <v>231</v>
       </c>
-      <c r="D9" s="339" t="s">
+      <c r="D9" s="338" t="s">
         <v>107</v>
       </c>
       <c r="E9" s="68">
         <v>43296</v>
       </c>
-      <c r="F9" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="331">
+      <c r="F9" s="395" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G9" s="330">
         <v>35595</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A10" s="66" t="s">
         <v>350</v>
       </c>
       <c r="B10" s="67" t="s">
         <v>351</v>
       </c>
       <c r="C10" s="67" t="s">
         <v>302</v>
       </c>
       <c r="D10" s="67" t="s">
         <v>303</v>
       </c>
       <c r="E10" s="68">
         <v>31233</v>
       </c>
-      <c r="F10" s="396" t="s">
+      <c r="F10" s="395" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="98">
         <v>23927</v>
       </c>
     </row>
-    <row r="11" spans="1:7" s="298" customFormat="1" ht="13.2">
-      <c r="A11" s="314" t="s">
+    <row r="11" spans="1:7" s="297" customFormat="1" ht="13.2">
+      <c r="A11" s="313" t="s">
         <v>306</v>
       </c>
-      <c r="B11" s="188" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="189">
+      <c r="B11" s="187" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C11" s="178" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D11" s="178" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E11" s="188">
         <v>42512</v>
       </c>
-      <c r="F11" s="432" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="433">
+      <c r="F11" s="431" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G11" s="432">
         <v>35867</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A12" s="71" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="72" t="s">
         <v>354</v>
       </c>
       <c r="C12" s="67" t="s">
         <v>352</v>
       </c>
       <c r="D12" s="67" t="s">
         <v>353</v>
       </c>
       <c r="E12" s="73">
         <v>40353</v>
       </c>
-      <c r="F12" s="397" t="s">
+      <c r="F12" s="396" t="s">
         <v>37</v>
       </c>
-      <c r="G12" s="402">
+      <c r="G12" s="401">
         <v>32179</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="13.2">
-      <c r="A13" s="427" t="s">
-[...11 lines deleted...]
-      <c r="E13" s="429">
+      <c r="A13" s="426" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B13" s="365" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C13" s="427" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D13" s="427" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E13" s="428">
         <v>44036</v>
       </c>
-      <c r="F13" s="430" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="431">
+      <c r="F13" s="429" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G13" s="430">
         <v>35867</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="13.2">
-      <c r="A14" s="288" t="s">
+      <c r="A14" s="287" t="s">
         <v>429</v>
       </c>
       <c r="B14" s="44" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="C14" s="44" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="D14" s="44" t="s">
         <v>139</v>
       </c>
       <c r="E14" s="49">
         <v>42917</v>
       </c>
       <c r="F14" s="44" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="38">
         <v>36707</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A15" s="66" t="s">
         <v>355</v>
       </c>
       <c r="B15" s="75" t="s">
         <v>356</v>
       </c>
       <c r="C15" s="72" t="s">
         <v>244</v>
       </c>
       <c r="D15" s="67" t="s">
         <v>357</v>
       </c>
       <c r="E15" s="68">
         <v>39260</v>
       </c>
-      <c r="F15" s="396" t="s">
+      <c r="F15" s="395" t="s">
         <v>358</v>
       </c>
-      <c r="G15" s="344">
+      <c r="G15" s="343">
         <v>31471</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A16" s="66" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B16" s="72" t="s">
         <v>1566</v>
       </c>
-      <c r="B16" s="72" t="s">
+      <c r="C16" s="72" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D16" s="67" t="s">
         <v>1568</v>
-      </c>
-[...4 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="E16" s="68">
         <v>44821</v>
       </c>
-      <c r="F16" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="344">
+      <c r="F16" s="395" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G16" s="343">
         <v>38997</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="382" customFormat="1" ht="11.25" customHeight="1">
+    <row r="17" spans="1:7" s="381" customFormat="1" ht="11.25" customHeight="1">
       <c r="A17" s="66" t="s">
         <v>359</v>
       </c>
       <c r="B17" s="72" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="C17" s="72" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="D17" s="67" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="E17" s="68">
         <v>45011</v>
       </c>
-      <c r="F17" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="344">
+      <c r="F17" s="395" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G17" s="343">
         <v>37195</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A18" s="66" t="s">
         <v>360</v>
       </c>
       <c r="B18" s="67" t="s">
         <v>361</v>
       </c>
       <c r="C18" s="67" t="s">
         <v>244</v>
       </c>
       <c r="D18" s="67" t="s">
         <v>357</v>
       </c>
       <c r="E18" s="68">
         <v>39516</v>
       </c>
-      <c r="F18" s="396" t="s">
+      <c r="F18" s="395" t="s">
         <v>17</v>
       </c>
-      <c r="G18" s="344">
+      <c r="G18" s="343">
         <v>31471</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A19" s="66" t="s">
         <v>362</v>
       </c>
       <c r="B19" s="67" t="s">
         <v>363</v>
       </c>
       <c r="C19" s="67" t="s">
         <v>364</v>
       </c>
       <c r="D19" s="67" t="s">
         <v>365</v>
       </c>
       <c r="E19" s="68">
         <v>32677</v>
       </c>
-      <c r="F19" s="396" t="s">
+      <c r="F19" s="395" t="s">
         <v>366</v>
       </c>
-      <c r="G19" s="344">
+      <c r="G19" s="343">
         <v>24989</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A20" s="66" t="s">
-        <v>1587</v>
+        <v>1585</v>
       </c>
       <c r="B20" s="67" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
       <c r="C20" s="67" t="s">
         <v>369</v>
       </c>
       <c r="D20" s="67" t="s">
         <v>370</v>
       </c>
       <c r="E20" s="68">
         <v>39858</v>
       </c>
-      <c r="F20" s="396" t="s">
-        <v>1572</v>
+      <c r="F20" s="395" t="s">
+        <v>1570</v>
       </c>
       <c r="G20" s="74">
         <v>32486</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A21" s="66" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="B21" s="67" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="C21" s="67" t="s">
         <v>369</v>
       </c>
       <c r="D21" s="67" t="s">
         <v>370</v>
       </c>
       <c r="E21" s="68">
         <v>40222</v>
       </c>
       <c r="F21" s="67" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G21" s="74">
         <v>32486</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A22" s="66" t="s">
         <v>367</v>
       </c>
       <c r="B22" s="67" t="s">
         <v>368</v>
       </c>
       <c r="C22" s="67" t="s">
         <v>369</v>
       </c>
       <c r="D22" s="67" t="s">
         <v>370</v>
       </c>
       <c r="E22" s="68">
         <v>39999</v>
       </c>
-      <c r="F22" s="396" t="s">
+      <c r="F22" s="395" t="s">
         <v>371</v>
       </c>
-      <c r="G22" s="344">
+      <c r="G22" s="343">
         <v>32486</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-      <c r="A23" s="66" t="s">
+    <row r="23" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A23" s="542" t="s">
         <v>372</v>
       </c>
-      <c r="B23" s="67" t="s">
-[...14 lines deleted...]
-      <c r="G23" s="344">
+      <c r="B23" s="580" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C23" s="580" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D23" s="580" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E23" s="586">
+        <v>45830</v>
+      </c>
+      <c r="F23" s="587" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G23" s="588">
         <v>37954</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A24" s="66" t="s">
         <v>373</v>
       </c>
       <c r="B24" s="67" t="s">
         <v>374</v>
       </c>
       <c r="C24" s="67" t="s">
         <v>375</v>
       </c>
       <c r="D24" s="67" t="s">
         <v>376</v>
       </c>
       <c r="E24" s="68">
         <v>38885</v>
       </c>
-      <c r="F24" s="396" t="s">
+      <c r="F24" s="395" t="s">
         <v>48</v>
       </c>
-      <c r="G24" s="344">
+      <c r="G24" s="343">
         <v>31587</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="65" customFormat="1" ht="13.8">
-      <c r="A25" s="476" t="s">
-[...11 lines deleted...]
-      <c r="E25" s="453">
+      <c r="A25" s="475" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B25" s="451" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C25" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D25" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E25" s="452">
         <v>44752</v>
       </c>
-      <c r="F25" s="452" t="s">
-[...2 lines deleted...]
-      <c r="G25" s="477">
+      <c r="F25" s="451" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G25" s="476">
         <v>39059</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="65" customFormat="1" ht="13.8">
-      <c r="A26" s="451" t="s">
-[...11 lines deleted...]
-      <c r="E26" s="453">
+      <c r="A26" s="450" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B26" s="451" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C26" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D26" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E26" s="452">
         <v>44716</v>
       </c>
-      <c r="F26" s="452" t="s">
+      <c r="F26" s="451" t="s">
         <v>241</v>
       </c>
-      <c r="G26" s="477">
+      <c r="G26" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="298" customFormat="1" ht="13.8">
+    <row r="27" spans="1:7" s="297" customFormat="1" ht="13.8">
       <c r="A27" s="66" t="s">
         <v>377</v>
       </c>
       <c r="B27" s="67" t="s">
-        <v>1720</v>
-[...5 lines deleted...]
-        <v>1343</v>
+        <v>1718</v>
+      </c>
+      <c r="C27" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D27" s="451" t="s">
+        <v>1341</v>
       </c>
       <c r="E27" s="68">
         <v>45445</v>
       </c>
-      <c r="F27" s="145" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="477">
+      <c r="F27" s="144" t="s">
+        <v>1545</v>
+      </c>
+      <c r="G27" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="298" customFormat="1" ht="13.8">
+    <row r="28" spans="1:7" s="297" customFormat="1" ht="13.8">
       <c r="A28" s="66" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="B28" s="67" t="s">
-        <v>1660</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>1658</v>
+      </c>
+      <c r="C28" s="516" t="s">
+        <v>1340</v>
       </c>
       <c r="D28" s="44" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="E28" s="68">
         <v>45207</v>
       </c>
       <c r="F28" s="67" t="s">
-        <v>1458</v>
-[...1 lines deleted...]
-      <c r="G28" s="477">
+        <v>1456</v>
+      </c>
+      <c r="G28" s="476">
         <v>39059</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A29" s="66" t="s">
         <v>380</v>
       </c>
       <c r="B29" s="67" t="s">
         <v>381</v>
       </c>
       <c r="C29" s="67" t="s">
         <v>378</v>
       </c>
       <c r="D29" s="67" t="s">
         <v>379</v>
       </c>
       <c r="E29" s="68">
         <v>36457</v>
       </c>
-      <c r="F29" s="396" t="s">
+      <c r="F29" s="395" t="s">
         <v>144</v>
       </c>
-      <c r="G29" s="344">
+      <c r="G29" s="343">
         <v>28156</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A30" s="66" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="67" t="s">
         <v>382</v>
       </c>
       <c r="C30" s="67" t="s">
         <v>383</v>
       </c>
       <c r="D30" s="67" t="s">
         <v>384</v>
       </c>
       <c r="E30" s="68" t="s">
         <v>385</v>
       </c>
-      <c r="F30" s="396"/>
-      <c r="G30" s="344">
+      <c r="F30" s="395"/>
+      <c r="G30" s="343">
         <v>19198</v>
       </c>
     </row>
     <row r="31" spans="1:7" s="65" customFormat="1" ht="12">
-      <c r="A31" s="503" t="s">
+      <c r="A31" s="502" t="s">
         <v>54</v>
       </c>
-      <c r="B31" s="504" t="s">
-[...8 lines deleted...]
-      <c r="E31" s="506">
+      <c r="B31" s="503" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C31" s="504" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D31" s="389" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E31" s="505">
         <v>45071</v>
       </c>
-      <c r="F31" s="509" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="508">
+      <c r="F31" s="508" t="s">
+        <v>1636</v>
+      </c>
+      <c r="G31" s="507">
         <v>37438</v>
       </c>
     </row>
     <row r="32" spans="1:7" s="65" customFormat="1" ht="12">
-      <c r="A32" s="443" t="s">
-[...11 lines deleted...]
-      <c r="E32" s="391">
+      <c r="A32" s="442" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B32" s="388" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C32" s="504" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D32" s="389" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E32" s="390">
         <v>45016</v>
       </c>
-      <c r="F32" s="507" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="508">
+      <c r="F32" s="506" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G32" s="507">
         <v>37438</v>
       </c>
     </row>
     <row r="33" spans="1:11" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A33" s="71" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="67" t="s">
         <v>484</v>
       </c>
       <c r="C33" s="67" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D33" s="67" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="E33" s="68">
         <v>43672</v>
       </c>
-      <c r="F33" s="396" t="s">
-[...2 lines deleted...]
-      <c r="G33" s="344">
+      <c r="F33" s="395" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G33" s="343">
         <v>36122</v>
       </c>
     </row>
     <row r="34" spans="1:11" s="65" customFormat="1" ht="11.25" customHeight="1">
-      <c r="A34" s="388" t="s">
+      <c r="A34" s="387" t="s">
         <v>326</v>
       </c>
-      <c r="B34" s="389" t="s">
-[...8 lines deleted...]
-      <c r="E34" s="391">
+      <c r="B34" s="388" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C34" s="389" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D34" s="389" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E34" s="390">
         <v>44983</v>
       </c>
-      <c r="F34" s="478" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="479">
+      <c r="F34" s="477" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G34" s="478">
         <v>37446</v>
       </c>
     </row>
     <row r="35" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A35" s="66" t="s">
         <v>327</v>
       </c>
       <c r="B35" s="67" t="s">
         <v>386</v>
       </c>
       <c r="C35" s="67" t="s">
         <v>329</v>
       </c>
       <c r="D35" s="67" t="s">
         <v>330</v>
       </c>
       <c r="E35" s="68" t="s">
         <v>387</v>
       </c>
-      <c r="F35" s="396"/>
-      <c r="G35" s="344"/>
+      <c r="F35" s="395"/>
+      <c r="G35" s="343"/>
     </row>
     <row r="36" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A36" s="71" t="s">
         <v>271</v>
       </c>
       <c r="B36" s="76">
         <v>43.29</v>
       </c>
       <c r="C36" s="67" t="s">
         <v>272</v>
       </c>
       <c r="D36" s="67" t="s">
         <v>273</v>
       </c>
       <c r="E36" s="68">
         <v>38192</v>
       </c>
-      <c r="F36" s="396" t="s">
+      <c r="F36" s="395" t="s">
         <v>274</v>
       </c>
       <c r="G36" s="77">
         <v>31818</v>
       </c>
     </row>
     <row r="37" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A37" s="66" t="s">
         <v>388</v>
       </c>
       <c r="B37" s="67" t="s">
         <v>334</v>
       </c>
       <c r="C37" s="67" t="s">
         <v>335</v>
       </c>
       <c r="D37" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E37" s="68">
         <v>35585</v>
       </c>
-      <c r="F37" s="396" t="s">
+      <c r="F37" s="395" t="s">
         <v>48</v>
       </c>
-      <c r="G37" s="344">
+      <c r="G37" s="343">
         <v>28690</v>
       </c>
-      <c r="J37" s="298"/>
-[...2 lines deleted...]
-    <row r="38" spans="1:11" s="298" customFormat="1" ht="10.199999999999999">
+      <c r="J37" s="297"/>
+      <c r="K37" s="297"/>
+    </row>
+    <row r="38" spans="1:11" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A38" s="83" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B38" s="84" t="s">
-        <v>1392</v>
+        <v>1390</v>
       </c>
       <c r="C38" s="97" t="s">
-        <v>1391</v>
+        <v>1389</v>
       </c>
       <c r="D38" s="84" t="s">
         <v>152</v>
       </c>
       <c r="E38" s="86">
         <v>43814</v>
       </c>
-      <c r="F38" s="369" t="s">
-        <v>766</v>
+      <c r="F38" s="368" t="s">
+        <v>764</v>
       </c>
       <c r="G38" s="98">
         <v>35699</v>
       </c>
       <c r="I38" s="65"/>
       <c r="J38" s="65"/>
       <c r="K38" s="65"/>
     </row>
     <row r="39" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A39" s="78"/>
       <c r="B39" s="75" t="s">
-        <v>1317</v>
-[...4 lines deleted...]
-      <c r="D39" s="372" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C39" s="134" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D39" s="371" t="s">
         <v>202</v>
       </c>
-      <c r="E39" s="367" t="s">
-[...3 lines deleted...]
-      <c r="G39" s="378"/>
+      <c r="E39" s="366" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F39" s="421"/>
+      <c r="G39" s="377"/>
     </row>
     <row r="40" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A40" s="78"/>
       <c r="B40" s="75" t="s">
         <v>394</v>
       </c>
       <c r="C40" s="82" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="D40" s="75" t="s">
         <v>397</v>
       </c>
       <c r="E40" s="82" t="s">
-        <v>1395</v>
-[...2 lines deleted...]
-      <c r="G40" s="378"/>
+        <v>1393</v>
+      </c>
+      <c r="F40" s="422"/>
+      <c r="G40" s="377"/>
     </row>
     <row r="41" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A41" s="66"/>
-      <c r="B41" s="373" t="s">
+      <c r="B41" s="372" t="s">
         <v>286</v>
       </c>
-      <c r="C41" s="424" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="373" t="s">
+      <c r="C41" s="423" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D41" s="372" t="s">
         <v>67</v>
       </c>
       <c r="E41" s="76" t="s">
         <v>67</v>
       </c>
-      <c r="F41" s="425" t="s">
+      <c r="F41" s="424" t="s">
         <v>67</v>
       </c>
-      <c r="G41" s="426"/>
+      <c r="G41" s="425"/>
     </row>
     <row r="42" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A42" s="78" t="s">
         <v>198</v>
       </c>
       <c r="B42" s="75" t="s">
         <v>390</v>
       </c>
       <c r="C42" s="75" t="s">
         <v>25</v>
       </c>
       <c r="D42" s="75" t="s">
         <v>26</v>
       </c>
       <c r="E42" s="79">
         <v>38500</v>
       </c>
       <c r="F42" s="75" t="s">
         <v>236</v>
       </c>
       <c r="G42" s="80">
         <v>30869</v>
       </c>
     </row>
     <row r="43" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A43" s="78"/>
       <c r="B43" s="75" t="s">
         <v>391</v>
       </c>
       <c r="C43" s="81" t="s">
         <v>392</v>
       </c>
       <c r="D43" s="75" t="s">
         <v>202</v>
       </c>
       <c r="E43" s="79" t="s">
         <v>393</v>
       </c>
-      <c r="F43" s="163"/>
-      <c r="G43" s="345"/>
+      <c r="F43" s="162"/>
+      <c r="G43" s="344"/>
     </row>
     <row r="44" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A44" s="78"/>
       <c r="B44" s="75" t="s">
         <v>394</v>
       </c>
       <c r="C44" s="82" t="s">
         <v>395</v>
       </c>
       <c r="D44" s="75" t="s">
         <v>284</v>
       </c>
       <c r="E44" s="79" t="s">
         <v>396</v>
       </c>
-      <c r="F44" s="163"/>
-      <c r="G44" s="345"/>
+      <c r="F44" s="162"/>
+      <c r="G44" s="344"/>
     </row>
     <row r="45" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A45" s="78"/>
       <c r="B45" s="75" t="s">
         <v>397</v>
       </c>
       <c r="C45" s="82" t="s">
         <v>398</v>
       </c>
       <c r="D45" s="75" t="s">
         <v>399</v>
       </c>
       <c r="E45" s="79" t="s">
         <v>400</v>
       </c>
-      <c r="F45" s="163"/>
-      <c r="G45" s="345"/>
+      <c r="F45" s="162"/>
+      <c r="G45" s="344"/>
     </row>
     <row r="46" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A46" s="78"/>
       <c r="B46" s="75" t="s">
         <v>286</v>
       </c>
       <c r="C46" s="82" t="s">
         <v>401</v>
       </c>
       <c r="D46" s="75"/>
       <c r="E46" s="79"/>
-      <c r="F46" s="163"/>
-      <c r="G46" s="345"/>
+      <c r="F46" s="162"/>
+      <c r="G46" s="344"/>
     </row>
     <row r="47" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A47" s="83" t="s">
         <v>337</v>
       </c>
       <c r="B47" s="84" t="s">
         <v>402</v>
       </c>
       <c r="C47" s="85"/>
       <c r="D47" s="85"/>
       <c r="E47" s="86">
         <v>39647</v>
       </c>
-      <c r="F47" s="398" t="s">
+      <c r="F47" s="397" t="s">
         <v>403</v>
       </c>
       <c r="G47" s="98"/>
     </row>
     <row r="48" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A48" s="88"/>
       <c r="B48" s="89"/>
       <c r="C48" s="90" t="s">
         <v>339</v>
       </c>
       <c r="D48" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E48" s="79"/>
-      <c r="F48" s="163"/>
-      <c r="G48" s="345">
+      <c r="F48" s="162"/>
+      <c r="G48" s="344">
         <v>32639</v>
       </c>
     </row>
     <row r="49" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A49" s="88"/>
       <c r="B49" s="89"/>
       <c r="C49" s="90" t="s">
         <v>341</v>
       </c>
       <c r="D49" s="91" t="s">
         <v>342</v>
       </c>
       <c r="E49" s="79"/>
-      <c r="F49" s="163"/>
-      <c r="G49" s="345">
+      <c r="F49" s="162"/>
+      <c r="G49" s="344">
         <v>32068</v>
       </c>
     </row>
     <row r="50" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A50" s="88"/>
       <c r="B50" s="89"/>
       <c r="C50" s="90" t="s">
         <v>289</v>
       </c>
       <c r="D50" s="91" t="s">
         <v>290</v>
       </c>
       <c r="E50" s="79"/>
-      <c r="F50" s="163"/>
-      <c r="G50" s="345">
+      <c r="F50" s="162"/>
+      <c r="G50" s="344">
         <v>32834</v>
       </c>
     </row>
     <row r="51" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A51" s="88"/>
       <c r="B51" s="89"/>
       <c r="C51" s="92" t="s">
         <v>369</v>
       </c>
       <c r="D51" s="91" t="s">
         <v>370</v>
       </c>
       <c r="E51" s="79"/>
-      <c r="F51" s="163"/>
-      <c r="G51" s="345">
+      <c r="F51" s="162"/>
+      <c r="G51" s="344">
         <v>32486</v>
       </c>
     </row>
     <row r="52" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A52" s="93" t="s">
         <v>343</v>
       </c>
       <c r="B52" s="94" t="s">
         <v>404</v>
       </c>
       <c r="C52" s="95"/>
       <c r="D52" s="95"/>
       <c r="E52" s="96">
         <v>39631</v>
       </c>
-      <c r="F52" s="399" t="s">
+      <c r="F52" s="398" t="s">
         <v>37</v>
       </c>
       <c r="G52" s="98"/>
     </row>
     <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A53" s="88"/>
       <c r="B53" s="89"/>
       <c r="C53" s="90" t="s">
         <v>346</v>
       </c>
       <c r="D53" s="91" t="s">
         <v>347</v>
       </c>
       <c r="E53" s="79"/>
-      <c r="F53" s="163"/>
-      <c r="G53" s="345">
+      <c r="F53" s="162"/>
+      <c r="G53" s="344">
         <v>31598</v>
       </c>
     </row>
     <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A54" s="88"/>
       <c r="B54" s="89"/>
       <c r="C54" s="90" t="s">
         <v>124</v>
       </c>
       <c r="D54" s="91" t="s">
         <v>125</v>
       </c>
       <c r="E54" s="79"/>
-      <c r="F54" s="163"/>
-      <c r="G54" s="345">
+      <c r="F54" s="162"/>
+      <c r="G54" s="344">
         <v>33967</v>
       </c>
     </row>
     <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A55" s="88"/>
       <c r="B55" s="89"/>
       <c r="C55" s="90" t="s">
         <v>87</v>
       </c>
       <c r="D55" s="91" t="s">
         <v>88</v>
       </c>
       <c r="E55" s="79"/>
-      <c r="F55" s="163"/>
-      <c r="G55" s="345">
+      <c r="F55" s="162"/>
+      <c r="G55" s="344">
         <v>32187</v>
       </c>
     </row>
     <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A56" s="88"/>
       <c r="B56" s="89"/>
       <c r="C56" s="99" t="s">
         <v>339</v>
       </c>
       <c r="D56" s="100" t="s">
         <v>340</v>
       </c>
       <c r="E56" s="79"/>
-      <c r="F56" s="163"/>
-      <c r="G56" s="345">
+      <c r="F56" s="162"/>
+      <c r="G56" s="344">
         <v>32639</v>
       </c>
     </row>
     <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A57" s="83" t="s">
         <v>405</v>
       </c>
       <c r="B57" s="84" t="s">
         <v>406</v>
       </c>
       <c r="C57" s="84"/>
       <c r="D57" s="84"/>
       <c r="E57" s="86">
         <v>35925</v>
       </c>
-      <c r="F57" s="369" t="s">
+      <c r="F57" s="368" t="s">
         <v>48</v>
       </c>
       <c r="G57" s="98"/>
     </row>
     <row r="58" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A58" s="78"/>
       <c r="B58" s="75"/>
       <c r="C58" s="75" t="s">
         <v>407</v>
       </c>
       <c r="D58" s="75" t="s">
         <v>408</v>
       </c>
       <c r="E58" s="79"/>
-      <c r="F58" s="163"/>
-      <c r="G58" s="345">
+      <c r="F58" s="162"/>
+      <c r="G58" s="344">
         <v>29254</v>
       </c>
     </row>
     <row r="59" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A59" s="88"/>
       <c r="B59" s="89"/>
       <c r="C59" s="75" t="s">
         <v>409</v>
       </c>
       <c r="D59" s="75" t="s">
         <v>410</v>
       </c>
       <c r="E59" s="79"/>
-      <c r="F59" s="163"/>
-      <c r="G59" s="345">
+      <c r="F59" s="162"/>
+      <c r="G59" s="344">
         <v>28579</v>
       </c>
     </row>
     <row r="60" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A60" s="88"/>
       <c r="B60" s="89"/>
       <c r="C60" s="75" t="s">
         <v>25</v>
       </c>
       <c r="D60" s="75" t="s">
         <v>152</v>
       </c>
       <c r="E60" s="79"/>
-      <c r="F60" s="163"/>
-      <c r="G60" s="345">
+      <c r="F60" s="162"/>
+      <c r="G60" s="344">
         <v>28464</v>
       </c>
     </row>
     <row r="61" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A61" s="88"/>
       <c r="B61" s="89"/>
-      <c r="C61" s="224" t="s">
+      <c r="C61" s="223" t="s">
         <v>411</v>
       </c>
-      <c r="D61" s="219" t="s">
+      <c r="D61" s="218" t="s">
         <v>412</v>
       </c>
       <c r="E61" s="79"/>
-      <c r="F61" s="163"/>
-      <c r="G61" s="403">
+      <c r="F61" s="162"/>
+      <c r="G61" s="402">
         <v>29414</v>
       </c>
     </row>
     <row r="62" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A62" s="520" t="s">
+      <c r="A62" s="519" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B62" s="520" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C62" s="520"/>
+      <c r="D62" s="520"/>
+      <c r="E62" s="521">
+        <v>45949</v>
+      </c>
+      <c r="F62" s="520" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G62" s="522"/>
+    </row>
+    <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A63" s="523" t="s">
+        <v>205</v>
+      </c>
+      <c r="B63" s="524"/>
+      <c r="C63" s="524" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D63" s="524" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E63" s="525" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F63" s="524"/>
+      <c r="G63" s="526">
+        <v>38377</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A64" s="523" t="s">
         <v>1478</v>
       </c>
-      <c r="B62" s="521" t="s">
+      <c r="B64" s="524"/>
+      <c r="C64" s="524" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D64" s="524" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E64" s="525" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F64" s="524"/>
+      <c r="G64" s="526">
+        <v>38553</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A65" s="523" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B65" s="524"/>
+      <c r="C65" s="524" t="s">
         <v>1729</v>
       </c>
-      <c r="C62" s="521"/>
-[...14 lines deleted...]
-      <c r="C63" s="525" t="s">
+      <c r="D65" s="524" t="s">
         <v>1730</v>
       </c>
-      <c r="D63" s="525" t="s">
-[...11 lines deleted...]
-      <c r="A64" s="524" t="s">
+      <c r="E65" s="525" t="s">
         <v>1480</v>
       </c>
-      <c r="B64" s="525"/>
-[...15 lines deleted...]
-      <c r="A65" s="524" t="s">
+      <c r="F65" s="524"/>
+      <c r="G65" s="526">
+        <v>39367</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A66" s="523" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" s="524"/>
+      <c r="C66" s="524" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D66" s="524" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E66" s="525" t="s">
         <v>1479</v>
       </c>
-      <c r="B65" s="525"/>
-[...29 lines deleted...]
-      <c r="G66" s="527">
+      <c r="F66" s="524"/>
+      <c r="G66" s="526">
         <v>37954</v>
       </c>
     </row>
     <row r="67" spans="1:11" s="65" customFormat="1">
       <c r="A67" s="93" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
       <c r="B67" s="94" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="C67" s="84"/>
       <c r="D67" s="84"/>
       <c r="E67" s="86">
         <v>42638</v>
       </c>
-      <c r="F67" s="369" t="s">
+      <c r="F67" s="368" t="s">
         <v>236</v>
       </c>
       <c r="G67" s="98"/>
       <c r="I67"/>
       <c r="J67"/>
       <c r="K67"/>
     </row>
     <row r="68" spans="1:11" ht="11.25" customHeight="1">
-      <c r="A68" s="335">
+      <c r="A68" s="334">
         <v>1200</v>
       </c>
-      <c r="B68" s="336"/>
+      <c r="B68" s="335"/>
       <c r="C68" s="75" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="D68" s="75" t="s">
         <v>139</v>
       </c>
       <c r="E68" s="79"/>
-      <c r="F68" s="163"/>
-      <c r="G68" s="345">
+      <c r="F68" s="162"/>
+      <c r="G68" s="344">
         <v>36707</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="11.25" customHeight="1">
-      <c r="A69" s="333">
+      <c r="A69" s="332">
         <v>400</v>
       </c>
       <c r="B69" s="89"/>
       <c r="C69" s="75" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="D69" s="75" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="E69" s="79"/>
-      <c r="F69" s="163"/>
-      <c r="G69" s="345">
+      <c r="F69" s="162"/>
+      <c r="G69" s="344">
         <v>35333</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="11.25" customHeight="1">
-      <c r="A70" s="333">
+      <c r="A70" s="332">
         <v>800</v>
       </c>
       <c r="B70" s="89"/>
       <c r="C70" s="75" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="D70" s="75" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="E70" s="79"/>
-      <c r="F70" s="163"/>
-      <c r="G70" s="345">
+      <c r="F70" s="162"/>
+      <c r="G70" s="344">
         <v>35867</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="11.25" customHeight="1" thickBot="1">
-      <c r="A71" s="334">
+      <c r="A71" s="333">
         <v>1600</v>
       </c>
       <c r="B71" s="102"/>
-      <c r="C71" s="337" t="s">
-[...2 lines deleted...]
-      <c r="D71" s="337" t="s">
+      <c r="C71" s="336" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D71" s="336" t="s">
         <v>101</v>
       </c>
-      <c r="E71" s="332"/>
-[...1 lines deleted...]
-      <c r="G71" s="340">
+      <c r="E71" s="331"/>
+      <c r="F71" s="399"/>
+      <c r="G71" s="339">
         <v>35272</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="15" thickTop="1">
       <c r="A72" s="90" t="s">
         <v>67</v>
       </c>
       <c r="B72" s="90"/>
       <c r="C72" s="90"/>
       <c r="D72" s="90"/>
       <c r="E72" s="90"/>
       <c r="F72" s="90"/>
       <c r="G72" s="105"/>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
       <c r="G73" s="60"/>
     </row>
     <row r="74" spans="1:11">
       <c r="G74" s="60"/>
     </row>
     <row r="75" spans="1:11">
       <c r="G75" s="60"/>
     </row>
     <row r="76" spans="1:11">
       <c r="G76" s="60"/>
     </row>
     <row r="77" spans="1:11">
       <c r="G77" s="60"/>
     </row>
     <row r="78" spans="1:11">
       <c r="G78" s="60"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C32" r:id="rId1" display="javascript:bddThrowAthlete('resultats', 3230830, 0)" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
     <hyperlink ref="C31" r:id="rId2" display="javascript:bddThrowAthlete('resultats', 3230830, 0)" xr:uid="{63713B1E-D1A9-409E-8FF9-5A6397157790}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="81" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:J99"/>
+  <dimension ref="A2:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A41" sqref="A41"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
     <col min="7" max="7" width="14.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36" customHeight="1">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>413</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="3" spans="1:7" hidden="1"/>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickTop="1">
       <c r="A6" s="62" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="63" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="64" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="63" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="63" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="64" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="117" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A7" s="66" t="s">
         <v>229</v>
       </c>
       <c r="B7" s="67" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="C7" s="90" t="s">
         <v>231</v>
       </c>
       <c r="D7" s="91" t="s">
         <v>107</v>
       </c>
-      <c r="E7" s="172">
+      <c r="E7" s="171">
         <v>43834</v>
       </c>
       <c r="F7" s="128" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="G7" s="331">
+        <v>1398</v>
+      </c>
+      <c r="G7" s="330">
         <v>35595</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A8" s="66" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1354</v>
-[...1 lines deleted...]
-      <c r="C8" s="338" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C8" s="337" t="s">
         <v>231</v>
       </c>
-      <c r="D8" s="339" t="s">
+      <c r="D8" s="338" t="s">
         <v>107</v>
       </c>
       <c r="E8" s="68">
         <v>43645</v>
       </c>
       <c r="F8" s="67" t="s">
-        <v>1355</v>
-[...1 lines deleted...]
-      <c r="G8" s="331">
+        <v>1353</v>
+      </c>
+      <c r="G8" s="330">
         <v>35595</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="9.6" customHeight="1">
       <c r="A9" s="66" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="B9" s="67" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
       <c r="C9" s="67" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="D9" s="67" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="E9" s="68">
         <v>44598</v>
       </c>
       <c r="F9" s="67" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="G9" s="118">
         <v>33957</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A10" s="66" t="s">
         <v>416</v>
       </c>
       <c r="B10" s="67" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="C10" s="67" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="D10" s="67" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="E10" s="68">
         <v>44362</v>
       </c>
       <c r="F10" s="67" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="G10" s="118">
         <v>33957</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A11" s="66" t="s">
         <v>286</v>
       </c>
       <c r="B11" s="67" t="s">
         <v>418</v>
       </c>
       <c r="C11" s="67" t="s">
         <v>419</v>
       </c>
       <c r="D11" s="67" t="s">
         <v>420</v>
       </c>
       <c r="E11" s="68">
         <v>38514</v>
       </c>
       <c r="F11" s="67" t="s">
-        <v>421</v>
+        <v>1803</v>
       </c>
       <c r="G11" s="119">
         <v>19470</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-[...19 lines deleted...]
-        <v>25890</v>
+    <row r="12" spans="1:7" s="381" customFormat="1" ht="10.199999999999999">
+      <c r="A12" s="542" t="s">
+        <v>286</v>
+      </c>
+      <c r="B12" s="580" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C12" s="580" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D12" s="580" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E12" s="586">
+        <v>45854</v>
+      </c>
+      <c r="F12" s="580" t="s">
+        <v>1807</v>
+      </c>
+      <c r="G12" s="615">
+        <v>35867</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A13" s="66" t="s">
-        <v>426</v>
+        <v>96</v>
       </c>
       <c r="B13" s="67" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C13" s="67" t="s">
         <v>423</v>
       </c>
       <c r="D13" s="67" t="s">
         <v>424</v>
       </c>
       <c r="E13" s="68">
-        <v>35966</v>
+        <v>36045</v>
       </c>
       <c r="F13" s="67" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="G13" s="119">
         <v>25890</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
+    <row r="14" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A14" s="66" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B14" s="67" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C14" s="67" t="s">
         <v>423</v>
       </c>
       <c r="D14" s="67" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="E14" s="68">
-        <v>36009</v>
+        <v>35966</v>
       </c>
       <c r="F14" s="67" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="G14" s="119">
         <v>25890</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+    <row r="15" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A15" s="66" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B15" s="67" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C15" s="67" t="s">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="D15" s="67" t="s">
         <v>431</v>
       </c>
       <c r="E15" s="68">
-        <v>37094</v>
+        <v>36009</v>
       </c>
       <c r="F15" s="67" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="G15" s="119">
         <v>25890</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
+    <row r="16" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A16" s="66" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B16" s="67" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C16" s="67" t="s">
         <v>435</v>
       </c>
       <c r="D16" s="67" t="s">
         <v>431</v>
       </c>
       <c r="E16" s="68">
-        <v>37352</v>
+        <v>37094</v>
       </c>
       <c r="F16" s="67" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G16" s="119">
         <v>25890</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A17" s="66" t="s">
-        <v>1566</v>
-[...5 lines deleted...]
-        <v>1667</v>
+        <v>437</v>
+      </c>
+      <c r="B17" s="67" t="s">
+        <v>438</v>
+      </c>
+      <c r="C17" s="67" t="s">
+        <v>435</v>
       </c>
       <c r="D17" s="67" t="s">
-        <v>1668</v>
+        <v>431</v>
       </c>
       <c r="E17" s="68">
-        <v>45192</v>
-[...5 lines deleted...]
-        <v>32234</v>
+        <v>37352</v>
+      </c>
+      <c r="F17" s="67" t="s">
+        <v>439</v>
+      </c>
+      <c r="G17" s="119">
+        <v>25890</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A18" s="66" t="s">
-        <v>440</v>
-[...5 lines deleted...]
-        <v>435</v>
+        <v>1564</v>
+      </c>
+      <c r="B18" s="72" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C18" s="72" t="s">
+        <v>1665</v>
       </c>
       <c r="D18" s="67" t="s">
-        <v>431</v>
+        <v>1666</v>
       </c>
       <c r="E18" s="68">
-        <v>37143</v>
-[...5 lines deleted...]
-        <v>25890</v>
+        <v>45192</v>
+      </c>
+      <c r="F18" s="395" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G18" s="343">
+        <v>32234</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A19" s="66" t="s">
+        <v>440</v>
+      </c>
+      <c r="B19" s="67" t="s">
+        <v>441</v>
+      </c>
+      <c r="C19" s="67" t="s">
+        <v>435</v>
+      </c>
+      <c r="D19" s="67" t="s">
+        <v>431</v>
+      </c>
+      <c r="E19" s="68">
+        <v>37143</v>
+      </c>
+      <c r="F19" s="67" t="s">
+        <v>442</v>
+      </c>
+      <c r="G19" s="119">
+        <v>25890</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
+      <c r="A20" s="66" t="s">
         <v>443</v>
       </c>
-      <c r="B19" s="67" t="s">
+      <c r="B20" s="67" t="s">
         <v>444</v>
-      </c>
-[...21 lines deleted...]
-        <v>449</v>
       </c>
       <c r="C20" s="67" t="s">
         <v>445</v>
       </c>
       <c r="D20" s="67" t="s">
         <v>446</v>
       </c>
       <c r="E20" s="68">
-        <v>35722</v>
+        <v>35547</v>
       </c>
       <c r="F20" s="67" t="s">
-        <v>325</v>
+        <v>447</v>
       </c>
       <c r="G20" s="119">
         <v>24160</v>
       </c>
     </row>
-    <row r="21" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
+    <row r="21" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A21" s="66" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B21" s="67" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C21" s="67" t="s">
         <v>445</v>
       </c>
       <c r="D21" s="67" t="s">
         <v>446</v>
       </c>
       <c r="E21" s="68">
-        <v>35883</v>
+        <v>35722</v>
       </c>
       <c r="F21" s="67" t="s">
-        <v>417</v>
+        <v>325</v>
       </c>
       <c r="G21" s="119">
         <v>24160</v>
       </c>
     </row>
-    <row r="22" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+    <row r="22" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A22" s="66" t="s">
+        <v>450</v>
+      </c>
+      <c r="B22" s="67" t="s">
+        <v>451</v>
+      </c>
+      <c r="C22" s="67" t="s">
+        <v>445</v>
+      </c>
+      <c r="D22" s="67" t="s">
+        <v>446</v>
+      </c>
+      <c r="E22" s="68">
+        <v>35883</v>
+      </c>
+      <c r="F22" s="67" t="s">
+        <v>417</v>
+      </c>
+      <c r="G22" s="119">
+        <v>24160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A23" s="66" t="s">
         <v>452</v>
       </c>
-      <c r="B22" s="67" t="s">
+      <c r="B23" s="67" t="s">
         <v>363</v>
       </c>
-      <c r="C22" s="67" t="s">
+      <c r="C23" s="67" t="s">
         <v>364</v>
       </c>
-      <c r="D22" s="67" t="s">
+      <c r="D23" s="67" t="s">
         <v>365</v>
       </c>
-      <c r="E22" s="68">
+      <c r="E23" s="68">
         <v>32677</v>
       </c>
-      <c r="F22" s="67" t="s">
+      <c r="F23" s="67" t="s">
         <v>453</v>
       </c>
-      <c r="G22" s="119">
+      <c r="G23" s="119">
         <v>24989</v>
       </c>
     </row>
-    <row r="23" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A23" s="120" t="s">
+    <row r="24" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A24" s="120" t="s">
         <v>454</v>
       </c>
-      <c r="B23" s="121" t="s">
+      <c r="B24" s="121" t="s">
         <v>455</v>
       </c>
-      <c r="C23" s="121" t="s">
+      <c r="C24" s="121" t="s">
         <v>445</v>
       </c>
-      <c r="D23" s="121" t="s">
+      <c r="D24" s="121" t="s">
         <v>446</v>
       </c>
-      <c r="E23" s="122">
+      <c r="E24" s="122">
         <v>36267</v>
       </c>
-      <c r="F23" s="121" t="s">
+      <c r="F24" s="121" t="s">
         <v>456</v>
       </c>
-      <c r="G23" s="123">
+      <c r="G24" s="123">
         <v>24160</v>
       </c>
     </row>
-    <row r="24" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A24" s="66" t="s">
+    <row r="25" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A25" s="66" t="s">
         <v>457</v>
       </c>
-      <c r="B24" s="67" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="67" t="s">
+      <c r="B25" s="67" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C25" s="67" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D25" s="67" t="s">
         <v>303</v>
       </c>
-      <c r="E24" s="68">
+      <c r="E25" s="68">
         <v>44660</v>
       </c>
-      <c r="F24" s="76" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="74">
+      <c r="F25" s="76" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G25" s="74">
         <v>26590</v>
       </c>
-      <c r="J24" s="65">
+      <c r="J25" s="65">
         <v>2011</v>
-      </c>
-[...24 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A26" s="66" t="s">
-        <v>1587</v>
+        <v>458</v>
       </c>
       <c r="B26" s="67" t="s">
-        <v>1588</v>
+        <v>459</v>
       </c>
       <c r="C26" s="67" t="s">
-        <v>369</v>
+        <v>460</v>
       </c>
       <c r="D26" s="67" t="s">
-        <v>370</v>
+        <v>461</v>
       </c>
       <c r="E26" s="68">
-        <v>39858</v>
-[...5 lines deleted...]
-        <v>32486</v>
+        <v>40824</v>
+      </c>
+      <c r="F26" s="67" t="s">
+        <v>462</v>
+      </c>
+      <c r="G26" s="119">
+        <v>26599</v>
       </c>
       <c r="J26" s="65">
-        <f>J24-J25</f>
-        <v>39</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A27" s="66" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B27" s="67" t="s">
         <v>1586</v>
       </c>
       <c r="C27" s="67" t="s">
         <v>369</v>
       </c>
       <c r="D27" s="67" t="s">
         <v>370</v>
       </c>
       <c r="E27" s="68">
-        <v>40222</v>
-[...2 lines deleted...]
-        <v>963</v>
+        <v>39858</v>
+      </c>
+      <c r="F27" s="395" t="s">
+        <v>1570</v>
       </c>
       <c r="G27" s="74">
         <v>32486</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="J27" s="65">
+        <f>J25-J26</f>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A28" s="66" t="s">
-        <v>367</v>
+        <v>1582</v>
       </c>
       <c r="B28" s="67" t="s">
-        <v>368</v>
+        <v>1584</v>
       </c>
       <c r="C28" s="67" t="s">
         <v>369</v>
       </c>
       <c r="D28" s="67" t="s">
         <v>370</v>
       </c>
       <c r="E28" s="68">
-        <v>39999</v>
+        <v>40222</v>
       </c>
       <c r="F28" s="67" t="s">
-        <v>371</v>
+        <v>961</v>
       </c>
       <c r="G28" s="74">
         <v>32486</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A29" s="66" t="s">
-        <v>463</v>
+        <v>367</v>
       </c>
       <c r="B29" s="67" t="s">
-        <v>464</v>
+        <v>368</v>
       </c>
       <c r="C29" s="67" t="s">
-        <v>414</v>
+        <v>369</v>
       </c>
       <c r="D29" s="67" t="s">
-        <v>415</v>
+        <v>370</v>
       </c>
       <c r="E29" s="68">
-        <v>28693</v>
+        <v>39999</v>
       </c>
       <c r="F29" s="67" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>17193</v>
+        <v>371</v>
+      </c>
+      <c r="G29" s="74">
+        <v>32486</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A30" s="66" t="s">
+        <v>463</v>
+      </c>
+      <c r="B30" s="67" t="s">
+        <v>464</v>
+      </c>
+      <c r="C30" s="67" t="s">
+        <v>414</v>
+      </c>
+      <c r="D30" s="67" t="s">
+        <v>415</v>
+      </c>
+      <c r="E30" s="68">
+        <v>28693</v>
+      </c>
+      <c r="F30" s="67" t="s">
+        <v>465</v>
+      </c>
+      <c r="G30" s="118">
+        <v>17193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A31" s="66" t="s">
         <v>373</v>
       </c>
-      <c r="B30" s="67" t="s">
+      <c r="B31" s="67" t="s">
         <v>374</v>
       </c>
-      <c r="C30" s="67" t="s">
+      <c r="C31" s="67" t="s">
         <v>375</v>
       </c>
-      <c r="D30" s="67" t="s">
+      <c r="D31" s="67" t="s">
         <v>376</v>
       </c>
-      <c r="E30" s="68">
+      <c r="E31" s="68">
         <v>38885</v>
       </c>
-      <c r="F30" s="67" t="s">
+      <c r="F31" s="67" t="s">
         <v>48</v>
       </c>
-      <c r="G30" s="119">
+      <c r="G31" s="119">
         <v>31587</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
-      <c r="A31" s="66" t="s">
+    <row r="32" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
+      <c r="A32" s="66" t="s">
         <v>466</v>
       </c>
-      <c r="B31" s="67" t="s">
+      <c r="B32" s="67" t="s">
         <v>467</v>
-      </c>
-[...23 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C32" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D32" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E32" s="68">
-        <v>36674</v>
+        <v>41034</v>
       </c>
       <c r="F32" s="67" t="s">
-        <v>99</v>
+        <v>37</v>
       </c>
       <c r="G32" s="119">
         <v>26015</v>
       </c>
       <c r="I32" s="65"/>
       <c r="J32" s="65"/>
     </row>
-    <row r="33" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
+    <row r="33" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
       <c r="A33" s="66" t="s">
-        <v>377</v>
+        <v>469</v>
       </c>
       <c r="B33" s="67" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C33" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D33" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="68">
-        <v>41467</v>
+        <v>36674</v>
       </c>
       <c r="F33" s="67" t="s">
-        <v>472</v>
+        <v>99</v>
       </c>
       <c r="G33" s="119">
         <v>26015</v>
       </c>
       <c r="I33" s="65"/>
       <c r="J33" s="65"/>
     </row>
-    <row r="34" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
+    <row r="34" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
       <c r="A34" s="66" t="s">
-        <v>473</v>
+        <v>377</v>
       </c>
       <c r="B34" s="67" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C34" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D34" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="68">
-        <v>41420</v>
+        <v>41467</v>
       </c>
       <c r="F34" s="67" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="G34" s="119">
         <v>26015</v>
       </c>
       <c r="I34" s="65"/>
       <c r="J34" s="65"/>
     </row>
-    <row r="35" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
+    <row r="35" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
       <c r="A35" s="66" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B35" s="67" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="C35" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D35" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E35" s="68">
-        <v>41378</v>
+        <v>41420</v>
       </c>
       <c r="F35" s="67" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="G35" s="119">
         <v>26015</v>
       </c>
-    </row>
-    <row r="36" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
+      <c r="I35" s="65"/>
+      <c r="J35" s="65"/>
+    </row>
+    <row r="36" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
       <c r="A36" s="66" t="s">
-        <v>1659</v>
+        <v>476</v>
       </c>
       <c r="B36" s="67" t="s">
-        <v>1660</v>
-[...5 lines deleted...]
-        <v>1343</v>
+        <v>477</v>
+      </c>
+      <c r="C36" s="67" t="s">
+        <v>468</v>
+      </c>
+      <c r="D36" s="67" t="s">
+        <v>26</v>
       </c>
       <c r="E36" s="68">
+        <v>41378</v>
+      </c>
+      <c r="F36" s="67" t="s">
+        <v>478</v>
+      </c>
+      <c r="G36" s="119">
+        <v>26015</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
+      <c r="A37" s="66" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B37" s="67" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C37" s="453" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D37" s="451" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E37" s="68">
         <v>45207</v>
       </c>
-      <c r="F36" s="67" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="477">
+      <c r="F37" s="67" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G37" s="476">
         <v>39059</v>
       </c>
     </row>
-    <row r="37" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A37" s="66" t="s">
+    <row r="38" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A38" s="66" t="s">
         <v>46</v>
       </c>
-      <c r="B37" s="67" t="s">
+      <c r="B38" s="67" t="s">
         <v>382</v>
       </c>
-      <c r="C37" s="67" t="s">
+      <c r="C38" s="67" t="s">
         <v>383</v>
       </c>
-      <c r="D37" s="67" t="s">
+      <c r="D38" s="67" t="s">
         <v>384</v>
       </c>
-      <c r="E37" s="68">
+      <c r="E38" s="68">
         <v>26474</v>
       </c>
-      <c r="F37" s="67" t="s">
+      <c r="F38" s="67" t="s">
         <v>479</v>
       </c>
-      <c r="G37" s="119">
+      <c r="G38" s="119">
         <v>19198</v>
       </c>
     </row>
-    <row r="38" spans="1:10" s="65" customFormat="1" ht="12">
-      <c r="A38" s="503" t="s">
+    <row r="39" spans="1:10" s="65" customFormat="1" ht="12">
+      <c r="A39" s="502" t="s">
         <v>54</v>
       </c>
-      <c r="B38" s="504" t="s">
-[...8 lines deleted...]
-      <c r="E38" s="506">
+      <c r="B39" s="503" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C39" s="504" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D39" s="389" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E39" s="505">
         <v>45071</v>
       </c>
-      <c r="F38" s="507" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="508">
+      <c r="F39" s="506" t="s">
+        <v>1636</v>
+      </c>
+      <c r="G39" s="507">
         <v>37438</v>
       </c>
     </row>
-    <row r="39" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
-      <c r="A39" s="66" t="s">
+    <row r="40" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
+      <c r="A40" s="66" t="s">
         <v>324</v>
       </c>
-      <c r="B39" s="67" t="s">
+      <c r="B40" s="67" t="s">
         <v>480</v>
       </c>
-      <c r="C39" s="67" t="s">
+      <c r="C40" s="67" t="s">
         <v>481</v>
       </c>
-      <c r="D39" s="67" t="s">
+      <c r="D40" s="67" t="s">
         <v>482</v>
       </c>
-      <c r="E39" s="68">
+      <c r="E40" s="68">
         <v>41077</v>
       </c>
-      <c r="F39" s="67" t="s">
+      <c r="F40" s="67" t="s">
         <v>483</v>
       </c>
-      <c r="G39" s="74">
+      <c r="G40" s="74">
         <v>27864</v>
       </c>
     </row>
-    <row r="40" spans="1:10" s="298" customFormat="1" ht="12" customHeight="1">
-[...3 lines deleted...]
-      <c r="B40" s="586" t="s">
+    <row r="41" spans="1:10" s="297" customFormat="1" ht="12" customHeight="1">
+      <c r="A41" s="528" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B41" s="585" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C41" s="580" t="s">
+        <v>914</v>
+      </c>
+      <c r="D41" s="580" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E41" s="586">
+        <v>45850</v>
+      </c>
+      <c r="F41" s="587" t="s">
         <v>1805</v>
       </c>
-      <c r="C40" s="581" t="s">
-[...11 lines deleted...]
-      <c r="G40" s="589">
+      <c r="G41" s="588">
         <v>36122</v>
-      </c>
-[...21 lines deleted...]
-        <v>19100</v>
       </c>
     </row>
     <row r="42" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A42" s="66" t="s">
+        <v>485</v>
+      </c>
+      <c r="B42" s="67" t="s">
+        <v>486</v>
+      </c>
+      <c r="C42" s="67" t="s">
+        <v>487</v>
+      </c>
+      <c r="D42" s="67" t="s">
+        <v>488</v>
+      </c>
+      <c r="E42" s="68">
+        <v>27910</v>
+      </c>
+      <c r="F42" s="67" t="s">
+        <v>48</v>
+      </c>
+      <c r="G42" s="119">
+        <v>19100</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A43" s="66" t="s">
         <v>489</v>
       </c>
-      <c r="B42" s="67" t="s">
+      <c r="B43" s="67" t="s">
         <v>490</v>
       </c>
-      <c r="C42" s="67" t="s">
+      <c r="C43" s="67" t="s">
         <v>491</v>
       </c>
-      <c r="D42" s="67" t="s">
+      <c r="D43" s="67" t="s">
         <v>492</v>
       </c>
-      <c r="E42" s="68">
+      <c r="E43" s="68">
         <v>28637</v>
       </c>
-      <c r="F42" s="67" t="s">
+      <c r="F43" s="67" t="s">
         <v>421</v>
       </c>
-      <c r="G42" s="119" t="s">
+      <c r="G43" s="119" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="43" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-[...3 lines deleted...]
-      <c r="B43" s="76">
+    <row r="44" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A44" s="71" t="s">
+        <v>618</v>
+      </c>
+      <c r="B44" s="76">
         <v>43.29</v>
       </c>
-      <c r="C43" s="67" t="s">
+      <c r="C44" s="67" t="s">
         <v>272</v>
       </c>
-      <c r="D43" s="67" t="s">
+      <c r="D44" s="67" t="s">
         <v>273</v>
       </c>
-      <c r="E43" s="68">
+      <c r="E44" s="68">
         <v>38192</v>
       </c>
-      <c r="F43" s="67" t="s">
+      <c r="F44" s="67" t="s">
         <v>274</v>
       </c>
-      <c r="G43" s="77">
+      <c r="G44" s="77">
         <v>31818</v>
       </c>
     </row>
-    <row r="44" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A44" s="66" t="s">
+    <row r="45" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A45" s="66" t="s">
         <v>494</v>
       </c>
-      <c r="B44" s="67" t="s">
+      <c r="B45" s="67" t="s">
         <v>495</v>
       </c>
-      <c r="C44" s="67" t="s">
+      <c r="C45" s="67" t="s">
         <v>496</v>
       </c>
-      <c r="D44" s="67" t="s">
+      <c r="D45" s="67" t="s">
         <v>303</v>
       </c>
-      <c r="E44" s="68">
+      <c r="E45" s="68">
         <v>31183</v>
       </c>
-      <c r="F44" s="67" t="s">
+      <c r="F45" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G44" s="119" t="s">
+      <c r="G45" s="119" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="45" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
-      <c r="A45" s="66" t="s">
+    <row r="46" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
+      <c r="A46" s="66" t="s">
         <v>333</v>
       </c>
-      <c r="B45" s="67" t="s">
+      <c r="B46" s="67" t="s">
         <v>334</v>
       </c>
-      <c r="C45" s="67" t="s">
+      <c r="C46" s="67" t="s">
         <v>335</v>
       </c>
-      <c r="D45" s="67" t="s">
+      <c r="D46" s="67" t="s">
         <v>26</v>
       </c>
-      <c r="E45" s="68">
+      <c r="E46" s="68">
         <v>35585</v>
       </c>
-      <c r="F45" s="67" t="s">
+      <c r="F46" s="67" t="s">
         <v>48</v>
       </c>
-      <c r="G45" s="119">
+      <c r="G46" s="119">
         <v>28690</v>
       </c>
-      <c r="J45" s="65">
+      <c r="J46" s="65">
         <v>908</v>
       </c>
     </row>
-    <row r="46" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
-[...9 lines deleted...]
-      <c r="D46" s="84" t="s">
+    <row r="47" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
+      <c r="A47" s="83" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B47" s="84" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C47" s="97" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D47" s="84" t="s">
         <v>152</v>
       </c>
-      <c r="E46" s="86">
+      <c r="E47" s="86">
         <v>43814</v>
       </c>
-      <c r="F46" s="369" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="98">
+      <c r="F47" s="368" t="s">
+        <v>764</v>
+      </c>
+      <c r="G47" s="98">
         <v>35699</v>
       </c>
-      <c r="J46" s="65">
+      <c r="J47" s="65">
         <v>830</v>
-      </c>
-[...18 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="48" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
       <c r="A48" s="78"/>
       <c r="B48" s="75" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C48" s="134" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D48" s="371" t="s">
+        <v>202</v>
+      </c>
+      <c r="E48" s="366" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F48" s="421"/>
+      <c r="G48" s="377"/>
+      <c r="J48" s="65">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
+      <c r="A49" s="78"/>
+      <c r="B49" s="75" t="s">
         <v>394</v>
       </c>
-      <c r="C48" s="82" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="75" t="s">
+      <c r="C49" s="82" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D49" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="E48" s="82" t="s">
-[...4 lines deleted...]
-      <c r="J48" s="65">
+      <c r="E49" s="82" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F49" s="422"/>
+      <c r="G49" s="377"/>
+      <c r="J49" s="65">
         <v>741</v>
       </c>
     </row>
-    <row r="49" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
-[...1 lines deleted...]
-      <c r="B49" s="373" t="s">
+    <row r="50" spans="1:10" s="65" customFormat="1" ht="12" customHeight="1">
+      <c r="A50" s="66"/>
+      <c r="B50" s="372" t="s">
         <v>286</v>
       </c>
-      <c r="C49" s="424" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="373" t="s">
+      <c r="C50" s="423" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D50" s="372" t="s">
         <v>67</v>
       </c>
-      <c r="E49" s="76" t="s">
+      <c r="E50" s="76" t="s">
         <v>67</v>
       </c>
-      <c r="F49" s="425" t="s">
+      <c r="F50" s="424" t="s">
         <v>67</v>
       </c>
-      <c r="G49" s="426"/>
-      <c r="J49" s="65">
+      <c r="G50" s="425"/>
+      <c r="J50" s="65">
         <v>768</v>
       </c>
     </row>
-    <row r="50" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A50" s="78" t="s">
+    <row r="51" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A51" s="78" t="s">
         <v>389</v>
       </c>
-      <c r="B50" s="75" t="s">
+      <c r="B51" s="75" t="s">
         <v>498</v>
       </c>
-      <c r="C50" s="75" t="s">
+      <c r="C51" s="75" t="s">
         <v>25</v>
       </c>
-      <c r="D50" s="75" t="s">
+      <c r="D51" s="75" t="s">
         <v>26</v>
       </c>
-      <c r="E50" s="79">
+      <c r="E51" s="79">
         <v>39297</v>
       </c>
-      <c r="F50" s="75" t="s">
+      <c r="F51" s="75" t="s">
         <v>274</v>
       </c>
-      <c r="G50" s="124">
+      <c r="G51" s="124">
         <v>30869</v>
       </c>
-      <c r="J50" s="65">
-        <f>SUM(J45:J49)</f>
+      <c r="J51" s="65">
+        <f>SUM(J46:J50)</f>
         <v>3776</v>
-      </c>
-[...18 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="52" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A52" s="78"/>
       <c r="B52" s="75" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>1386</v>
+        <v>391</v>
+      </c>
+      <c r="C52" s="81" t="s">
+        <v>1383</v>
       </c>
       <c r="D52" s="75" t="s">
-        <v>284</v>
+        <v>202</v>
       </c>
       <c r="E52" s="79" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="F52" s="75"/>
       <c r="G52" s="124"/>
       <c r="J52" s="65" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="53" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A53" s="78"/>
       <c r="B53" s="75" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C53" s="82" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
       <c r="D53" s="75" t="s">
-        <v>399</v>
+        <v>284</v>
       </c>
       <c r="E53" s="79" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="F53" s="75"/>
       <c r="G53" s="124"/>
       <c r="J53" s="65" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="54" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A54" s="78"/>
       <c r="B54" s="75" t="s">
-        <v>286</v>
+        <v>397</v>
       </c>
       <c r="C54" s="82" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-      <c r="E54" s="79"/>
+        <v>1385</v>
+      </c>
+      <c r="D54" s="75" t="s">
+        <v>399</v>
+      </c>
+      <c r="E54" s="79" t="s">
+        <v>501</v>
+      </c>
       <c r="F54" s="75"/>
       <c r="G54" s="124"/>
       <c r="J54" s="65" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="55" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-[...18 lines deleted...]
-      </c>
+    <row r="55" spans="1:10" s="65" customFormat="1" ht="15" customHeight="1">
+      <c r="A55" s="78"/>
+      <c r="B55" s="75" t="s">
+        <v>286</v>
+      </c>
+      <c r="C55" s="82" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D55" s="75"/>
+      <c r="E55" s="79"/>
+      <c r="F55" s="75"/>
+      <c r="G55" s="124"/>
       <c r="J55" s="65" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="56" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A56" s="78"/>
-[...10 lines deleted...]
-        <v>23168</v>
+      <c r="A56" s="83" t="s">
+        <v>337</v>
+      </c>
+      <c r="B56" s="84" t="s">
+        <v>502</v>
+      </c>
+      <c r="C56" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="D56" s="84" t="s">
+        <v>67</v>
+      </c>
+      <c r="E56" s="86" t="s">
+        <v>505</v>
+      </c>
+      <c r="F56" s="84"/>
+      <c r="G56" s="125" t="s">
+        <v>67</v>
+      </c>
+      <c r="J56" s="65" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="57" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A57" s="78"/>
       <c r="B57" s="75"/>
       <c r="C57" s="75" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D57" s="75" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="E57" s="79"/>
       <c r="F57" s="75"/>
-      <c r="G57" s="124"/>
+      <c r="G57" s="124">
+        <v>23168</v>
+      </c>
     </row>
     <row r="58" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A58" s="78"/>
       <c r="B58" s="75"/>
       <c r="C58" s="75" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="D58" s="75" t="s">
-        <v>446</v>
+        <v>507</v>
       </c>
       <c r="E58" s="79"/>
       <c r="F58" s="75"/>
-      <c r="G58" s="124">
+      <c r="G58" s="124"/>
+    </row>
+    <row r="59" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A59" s="78"/>
+      <c r="B59" s="75"/>
+      <c r="C59" s="75" t="s">
+        <v>508</v>
+      </c>
+      <c r="D59" s="75" t="s">
+        <v>446</v>
+      </c>
+      <c r="E59" s="79"/>
+      <c r="F59" s="75"/>
+      <c r="G59" s="124">
         <v>22662</v>
       </c>
     </row>
-    <row r="59" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-[...2 lines deleted...]
-      <c r="C59" s="67" t="s">
+    <row r="60" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A60" s="66"/>
+      <c r="B60" s="67"/>
+      <c r="C60" s="67" t="s">
         <v>302</v>
       </c>
-      <c r="D59" s="67" t="s">
+      <c r="D60" s="67" t="s">
         <v>303</v>
       </c>
-      <c r="E59" s="68"/>
-[...1 lines deleted...]
-      <c r="G59" s="119">
+      <c r="E60" s="68"/>
+      <c r="F60" s="67"/>
+      <c r="G60" s="119">
         <v>23927</v>
       </c>
     </row>
-    <row r="60" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A60" s="78" t="s">
+    <row r="61" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A61" s="78" t="s">
         <v>343</v>
       </c>
-      <c r="B60" s="75" t="s">
+      <c r="B61" s="75" t="s">
         <v>509</v>
       </c>
-      <c r="C60" s="75" t="s">
+      <c r="C61" s="75" t="s">
         <v>67</v>
       </c>
-      <c r="D60" s="75" t="s">
+      <c r="D61" s="75" t="s">
         <v>67</v>
       </c>
-      <c r="E60" s="79" t="s">
+      <c r="E61" s="79" t="s">
         <v>505</v>
       </c>
-      <c r="F60" s="75"/>
-      <c r="G60" s="124" t="s">
+      <c r="F61" s="75"/>
+      <c r="G61" s="124" t="s">
         <v>67</v>
-      </c>
-[...15 lines deleted...]
-        <v>23168</v>
       </c>
     </row>
     <row r="62" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A62" s="78"/>
       <c r="B62" s="75"/>
       <c r="C62" s="75" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D62" s="75" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="E62" s="79"/>
+        <v>504</v>
+      </c>
+      <c r="E62" s="79" t="s">
+        <v>1479</v>
+      </c>
       <c r="F62" s="75"/>
-      <c r="G62" s="124"/>
+      <c r="G62" s="124">
+        <v>23168</v>
+      </c>
     </row>
     <row r="63" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A63" s="78"/>
       <c r="B63" s="75"/>
       <c r="C63" s="75" t="s">
+        <v>506</v>
+      </c>
+      <c r="D63" s="75" t="s">
+        <v>507</v>
+      </c>
+      <c r="E63" s="79"/>
+      <c r="F63" s="75"/>
+      <c r="G63" s="124"/>
+    </row>
+    <row r="64" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A64" s="78"/>
+      <c r="B64" s="75"/>
+      <c r="C64" s="75" t="s">
         <v>508</v>
       </c>
-      <c r="D63" s="75" t="s">
+      <c r="D64" s="75" t="s">
         <v>446</v>
       </c>
-      <c r="E63" s="79" t="s">
-[...3 lines deleted...]
-      <c r="G63" s="124">
+      <c r="E64" s="79" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F64" s="75"/>
+      <c r="G64" s="124">
         <v>22662</v>
       </c>
     </row>
-    <row r="64" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
-[...2 lines deleted...]
-      <c r="C64" s="67" t="s">
+    <row r="65" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A65" s="66"/>
+      <c r="B65" s="67"/>
+      <c r="C65" s="67" t="s">
         <v>302</v>
       </c>
-      <c r="D64" s="67" t="s">
+      <c r="D65" s="67" t="s">
         <v>303</v>
       </c>
-      <c r="E64" s="68" t="s">
-[...3 lines deleted...]
-      <c r="G64" s="119">
+      <c r="E65" s="68" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F65" s="67"/>
+      <c r="G65" s="119">
         <v>23927</v>
       </c>
     </row>
-    <row r="65" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A65" s="78" t="s">
+    <row r="66" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A66" s="78" t="s">
         <v>510</v>
       </c>
-      <c r="B65" s="75" t="s">
+      <c r="B66" s="75" t="s">
         <v>511</v>
       </c>
-      <c r="C65" s="75" t="s">
+      <c r="C66" s="75" t="s">
         <v>512</v>
       </c>
-      <c r="D65" s="75" t="s">
+      <c r="D66" s="75" t="s">
         <v>303</v>
       </c>
-      <c r="E65" s="79" t="s">
+      <c r="E66" s="79" t="s">
         <v>513</v>
       </c>
-      <c r="F65" s="75"/>
-[...11 lines deleted...]
-      <c r="E66" s="79"/>
       <c r="F66" s="75"/>
       <c r="G66" s="124"/>
     </row>
     <row r="67" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A67" s="78"/>
       <c r="B67" s="75"/>
       <c r="C67" s="75" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="D67" s="75" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="E67" s="79"/>
       <c r="F67" s="75"/>
       <c r="G67" s="124"/>
     </row>
     <row r="68" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A68" s="66"/>
-[...1 lines deleted...]
-      <c r="C68" s="67" t="s">
+      <c r="A68" s="78"/>
+      <c r="B68" s="75"/>
+      <c r="C68" s="75" t="s">
+        <v>506</v>
+      </c>
+      <c r="D68" s="75" t="s">
+        <v>507</v>
+      </c>
+      <c r="E68" s="79"/>
+      <c r="F68" s="75"/>
+      <c r="G68" s="124"/>
+    </row>
+    <row r="69" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A69" s="66"/>
+      <c r="B69" s="67"/>
+      <c r="C69" s="67" t="s">
         <v>302</v>
       </c>
-      <c r="D68" s="67" t="s">
+      <c r="D69" s="67" t="s">
         <v>303</v>
       </c>
-      <c r="E68" s="68" t="s">
-[...3 lines deleted...]
-      <c r="G68" s="119">
+      <c r="E69" s="68" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F69" s="67"/>
+      <c r="G69" s="119">
         <v>23927</v>
       </c>
     </row>
-    <row r="69" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A69" s="78" t="s">
+    <row r="70" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A70" s="78" t="s">
         <v>516</v>
       </c>
-      <c r="B69" s="75" t="s">
+      <c r="B70" s="75" t="s">
         <v>517</v>
       </c>
-      <c r="C69" s="75" t="s">
+      <c r="C70" s="75" t="s">
         <v>67</v>
       </c>
-      <c r="D69" s="75" t="s">
+      <c r="D70" s="75" t="s">
         <v>67</v>
       </c>
-      <c r="E69" s="79">
+      <c r="E70" s="79">
         <v>34150</v>
       </c>
-      <c r="F69" s="75" t="s">
+      <c r="F70" s="75" t="s">
         <v>322</v>
       </c>
-      <c r="G69" s="124" t="s">
+      <c r="G70" s="124" t="s">
         <v>67</v>
-      </c>
-[...15 lines deleted...]
-        <v>28464</v>
       </c>
     </row>
     <row r="71" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A71" s="78"/>
       <c r="B71" s="75"/>
       <c r="C71" s="75" t="s">
-        <v>518</v>
+        <v>25</v>
       </c>
       <c r="D71" s="75" t="s">
-        <v>519</v>
+        <v>152</v>
       </c>
       <c r="E71" s="79" t="s">
-        <v>1376</v>
+        <v>1481</v>
       </c>
       <c r="F71" s="75"/>
       <c r="G71" s="124">
-        <v>25632</v>
+        <v>28464</v>
       </c>
     </row>
     <row r="72" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A72" s="78"/>
       <c r="B72" s="75"/>
       <c r="C72" s="75" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D72" s="75" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="E72" s="79" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="F72" s="75"/>
       <c r="G72" s="124">
-        <v>23993</v>
+        <v>25632</v>
       </c>
     </row>
     <row r="73" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A73" s="78"/>
       <c r="B73" s="75"/>
       <c r="C73" s="75" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D73" s="75" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="E73" s="79" t="s">
-        <v>1481</v>
+        <v>1374</v>
       </c>
       <c r="F73" s="75"/>
       <c r="G73" s="124">
+        <v>23993</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A74" s="78"/>
+      <c r="B74" s="75"/>
+      <c r="C74" s="75" t="s">
+        <v>522</v>
+      </c>
+      <c r="D74" s="75" t="s">
+        <v>523</v>
+      </c>
+      <c r="E74" s="79" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F74" s="75"/>
+      <c r="G74" s="124">
         <v>26034</v>
       </c>
     </row>
-    <row r="74" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A74" s="520" t="s">
+    <row r="75" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A75" s="519" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B75" s="520" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C75" s="520"/>
+      <c r="D75" s="520"/>
+      <c r="E75" s="521">
+        <v>45584</v>
+      </c>
+      <c r="F75" s="520" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G75" s="522"/>
+    </row>
+    <row r="76" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A76" s="523" t="s">
+        <v>205</v>
+      </c>
+      <c r="B76" s="524"/>
+      <c r="C76" s="524" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D76" s="524" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E76" s="525" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F76" s="524"/>
+      <c r="G76" s="526">
+        <v>38377</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A77" s="523" t="s">
         <v>1478</v>
       </c>
-      <c r="B74" s="521" t="s">
+      <c r="B77" s="524"/>
+      <c r="C77" s="524" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D77" s="524" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E77" s="525" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F77" s="524"/>
+      <c r="G77" s="526">
+        <v>38553</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A78" s="523" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B78" s="524"/>
+      <c r="C78" s="524" t="s">
         <v>1729</v>
       </c>
-      <c r="C74" s="521"/>
-[...14 lines deleted...]
-      <c r="C75" s="525" t="s">
+      <c r="D78" s="524" t="s">
         <v>1730</v>
       </c>
-      <c r="D75" s="525" t="s">
-[...11 lines deleted...]
-      <c r="A76" s="524" t="s">
+      <c r="E78" s="525" t="s">
         <v>1480</v>
       </c>
-      <c r="B76" s="525"/>
-[...15 lines deleted...]
-      <c r="A77" s="524" t="s">
+      <c r="F78" s="524"/>
+      <c r="G78" s="526">
+        <v>39367</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A79" s="523" t="s">
+        <v>416</v>
+      </c>
+      <c r="B79" s="524"/>
+      <c r="C79" s="524" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D79" s="524" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E79" s="525" t="s">
         <v>1479</v>
       </c>
-      <c r="B77" s="525"/>
-[...29 lines deleted...]
-      <c r="G78" s="527">
+      <c r="F79" s="524"/>
+      <c r="G79" s="526">
         <v>37954</v>
       </c>
     </row>
-    <row r="79" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...8 lines deleted...]
-      <c r="E79" s="86">
+    <row r="80" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A80" s="93" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B80" s="94" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C80" s="84"/>
+      <c r="D80" s="84"/>
+      <c r="E80" s="86">
         <v>42638</v>
       </c>
-      <c r="F79" s="84" t="s">
+      <c r="F80" s="84" t="s">
         <v>236</v>
       </c>
-      <c r="G79" s="69"/>
-[...2 lines deleted...]
-      <c r="A80" s="349">
+      <c r="G80" s="69"/>
+    </row>
+    <row r="81" spans="1:7" s="297" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A81" s="348">
         <v>1200</v>
       </c>
-      <c r="B80" s="350"/>
-[...3 lines deleted...]
-      <c r="D80" s="75" t="s">
+      <c r="B81" s="349"/>
+      <c r="C81" s="75" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D81" s="75" t="s">
         <v>139</v>
-      </c>
-[...17 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="E81" s="79" t="s">
         <v>1481</v>
       </c>
       <c r="F81" s="75"/>
       <c r="G81" s="80">
-        <v>35333</v>
-[...4 lines deleted...]
-        <v>800</v>
+        <v>36707</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="297" customFormat="1" ht="11.25" customHeight="1">
+      <c r="A82" s="350">
+        <v>400</v>
       </c>
       <c r="B82" s="89"/>
       <c r="C82" s="75" t="s">
-        <v>1200</v>
+        <v>1226</v>
       </c>
       <c r="D82" s="75" t="s">
-        <v>1201</v>
+        <v>1227</v>
       </c>
       <c r="E82" s="79" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
       <c r="F82" s="75"/>
       <c r="G82" s="80">
+        <v>35333</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A83" s="350">
+        <v>800</v>
+      </c>
+      <c r="B83" s="89"/>
+      <c r="C83" s="75" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D83" s="75" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E83" s="79" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F83" s="75"/>
+      <c r="G83" s="80">
         <v>35867</v>
       </c>
     </row>
-    <row r="83" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-      <c r="A83" s="352">
+    <row r="84" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A84" s="351">
         <v>1600</v>
       </c>
-      <c r="B83" s="216"/>
-[...3 lines deleted...]
-      <c r="D83" s="353" t="s">
+      <c r="B84" s="215"/>
+      <c r="C84" s="352" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D84" s="352" t="s">
         <v>101</v>
       </c>
-      <c r="E83" s="354" t="s">
-[...3 lines deleted...]
-      <c r="G83" s="355">
+      <c r="E84" s="353" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F84" s="353"/>
+      <c r="G84" s="354">
         <v>35272</v>
       </c>
     </row>
-    <row r="84" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-      <c r="A84" s="356" t="s">
+    <row r="85" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A85" s="355" t="s">
         <v>524</v>
       </c>
-      <c r="B84" s="91" t="s">
-[...4 lines deleted...]
-      <c r="E84" s="357">
+      <c r="B85" s="91" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C85" s="91"/>
+      <c r="D85" s="91"/>
+      <c r="E85" s="356">
         <v>42680</v>
       </c>
-      <c r="F84" s="91" t="s">
+      <c r="F85" s="91" t="s">
         <v>325</v>
       </c>
-      <c r="G84" s="358"/>
-[...19 lines deleted...]
-      <c r="A86" s="356"/>
+      <c r="G85" s="357"/>
+    </row>
+    <row r="86" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A86" s="355"/>
       <c r="B86" s="91"/>
       <c r="C86" s="91" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="D86" s="91" t="s">
-        <v>1233</v>
+        <v>101</v>
       </c>
       <c r="E86" s="91" t="s">
-        <v>1377</v>
+        <v>1479</v>
       </c>
       <c r="F86" s="91"/>
-      <c r="G86" s="358">
+      <c r="G86" s="357">
+        <v>35272</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A87" s="355"/>
+      <c r="B87" s="91"/>
+      <c r="C87" s="91" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D87" s="91" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E87" s="91" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F87" s="91"/>
+      <c r="G87" s="357">
         <v>21541</v>
       </c>
     </row>
-    <row r="87" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
-[...17 lines deleted...]
-      <c r="A88" s="359"/>
+    <row r="88" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A88" s="358"/>
       <c r="B88" s="112"/>
       <c r="C88" s="91" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="D88" s="91" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="E88" s="91" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
       <c r="F88" s="91"/>
-      <c r="G88" s="358">
-[...4 lines deleted...]
-      <c r="A89" s="359"/>
+      <c r="G88" s="357">
+        <v>31434</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A89" s="358"/>
       <c r="B89" s="112"/>
       <c r="C89" s="91" t="s">
-        <v>1237</v>
+        <v>1232</v>
       </c>
       <c r="D89" s="91" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E89" s="91" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F89" s="91"/>
+      <c r="G89" s="357">
+        <v>27249</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
+      <c r="A90" s="358"/>
+      <c r="B90" s="112"/>
+      <c r="C90" s="91" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D90" s="91" t="s">
         <v>220</v>
       </c>
-      <c r="E89" s="91" t="s">
-[...3 lines deleted...]
-      <c r="G89" s="358">
+      <c r="E90" s="91" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F90" s="91"/>
+      <c r="G90" s="357">
         <v>35665</v>
       </c>
     </row>
-    <row r="90" spans="1:7" s="298" customFormat="1" ht="10.8" thickBot="1">
-[...12 lines deleted...]
-      <c r="G90" s="362">
+    <row r="91" spans="1:7" s="297" customFormat="1" ht="10.8" thickBot="1">
+      <c r="A91" s="359"/>
+      <c r="B91" s="126"/>
+      <c r="C91" s="360" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D91" s="360" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E91" s="360" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F91" s="360"/>
+      <c r="G91" s="361">
         <v>35867</v>
       </c>
     </row>
-    <row r="91" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1"/>
-[...1 lines deleted...]
-      <c r="A92" s="65" t="s">
+    <row r="92" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1"/>
+    <row r="93" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A93" s="65" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="93" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="94" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
-    <row r="95" spans="1:7">
-[...7 lines deleted...]
-    </row>
+    <row r="95" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="96" spans="1:7">
       <c r="A96" s="65"/>
       <c r="B96" s="65"/>
       <c r="C96" s="65"/>
       <c r="D96" s="65"/>
       <c r="E96" s="65"/>
       <c r="F96" s="65"/>
       <c r="G96" s="65"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="65"/>
       <c r="B97" s="65"/>
       <c r="C97" s="65"/>
       <c r="D97" s="65"/>
       <c r="E97" s="65"/>
       <c r="F97" s="65"/>
       <c r="G97" s="65"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="65"/>
       <c r="B98" s="65"/>
       <c r="C98" s="65"/>
       <c r="D98" s="65"/>
       <c r="E98" s="65"/>
       <c r="F98" s="65"/>
       <c r="G98" s="65"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="65"/>
       <c r="B99" s="65"/>
       <c r="C99" s="65"/>
       <c r="D99" s="65"/>
       <c r="E99" s="65"/>
       <c r="F99" s="65"/>
       <c r="G99" s="65"/>
     </row>
+    <row r="100" spans="1:7">
+      <c r="A100" s="65"/>
+      <c r="B100" s="65"/>
+      <c r="C100" s="65"/>
+      <c r="D100" s="65"/>
+      <c r="E100" s="65"/>
+      <c r="F100" s="65"/>
+      <c r="G100" s="65"/>
+    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C38" r:id="rId1" display="javascript:bddThrowAthlete('resultats', 3230830, 0)" xr:uid="{F2DA87EE-B57A-463E-A9D1-5E95C02B15CA}"/>
+    <hyperlink ref="C39" r:id="rId1" display="javascript:bddThrowAthlete('resultats', 3230830, 0)" xr:uid="{F2DA87EE-B57A-463E-A9D1-5E95C02B15CA}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.35433070866141736" bottom="0.35433070866141736" header="0.11811023622047245" footer="0"/>
   <pageSetup paperSize="9" scale="83" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:G54"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="F13" sqref="F13"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="16.6640625" customWidth="1"/>
     <col min="3" max="3" width="17.33203125" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" customWidth="1"/>
     <col min="7" max="7" width="12.6640625" style="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>528</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="61">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="61"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickTop="1">
       <c r="A6" s="62" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="63" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="64" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="63" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="63" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="343" t="s">
+      <c r="G6" s="342" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A7" s="485" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="487" t="s">
+      <c r="A7" s="484" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B7" s="485" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C7" s="486" t="s">
         <v>530</v>
       </c>
-      <c r="D7" s="488" t="s">
+      <c r="D7" s="487" t="s">
         <v>531</v>
       </c>
-      <c r="E7" s="491">
+      <c r="E7" s="490">
         <v>38375</v>
       </c>
-      <c r="F7" s="489" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="490">
+      <c r="F7" s="488" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G7" s="489">
         <v>22121</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A8" s="66" t="s">
         <v>205</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="C8" s="76" t="s">
         <v>112</v>
       </c>
       <c r="D8" s="67" t="s">
         <v>529</v>
       </c>
       <c r="E8" s="68">
         <v>38472</v>
       </c>
       <c r="F8" s="76" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="74">
         <v>22721</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="127" t="s">
         <v>284</v>
       </c>
       <c r="B9" s="128" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="C9" s="72" t="s">
         <v>530</v>
       </c>
       <c r="D9" s="128" t="s">
         <v>531</v>
       </c>
       <c r="E9" s="129">
         <v>38500</v>
       </c>
       <c r="F9" s="130" t="s">
         <v>110</v>
       </c>
       <c r="G9" s="70">
         <v>22121</v>
       </c>
     </row>
-    <row r="10" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A10" s="127" t="s">
+    <row r="10" spans="1:7" s="381" customFormat="1" ht="15" customHeight="1">
+      <c r="A10" s="589" t="s">
         <v>416</v>
       </c>
-      <c r="B10" s="128" t="s">
-[...15 lines deleted...]
-        <v>22721</v>
+      <c r="B10" s="585" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C10" s="544" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D10" s="580" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E10" s="599">
+        <v>45809</v>
+      </c>
+      <c r="F10" s="614" t="s">
+        <v>241</v>
+      </c>
+      <c r="G10" s="598">
+        <v>30492</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
-      <c r="A11" s="590" t="s">
+      <c r="A11" s="589" t="s">
         <v>286</v>
       </c>
-      <c r="B11" s="591" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="581" t="s">
+      <c r="B11" s="590" t="s">
         <v>1792</v>
       </c>
-      <c r="E11" s="600">
+      <c r="C11" s="544" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D11" s="580" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E11" s="599">
         <v>45795</v>
       </c>
-      <c r="F11" s="598" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="599">
+      <c r="F11" s="597" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G11" s="598">
         <v>30492</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="65" customFormat="1" ht="11.4" customHeight="1">
-      <c r="A12" s="543" t="s">
+      <c r="A12" s="542" t="s">
         <v>96</v>
       </c>
-      <c r="B12" s="545" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="587">
+      <c r="B12" s="544" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C12" s="544" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D12" s="580" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E12" s="586">
         <v>45778</v>
       </c>
-      <c r="F12" s="598" t="s">
+      <c r="F12" s="597" t="s">
         <v>241</v>
       </c>
-      <c r="G12" s="599">
+      <c r="G12" s="598">
         <v>30492</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A13" s="66" t="s">
         <v>426</v>
       </c>
       <c r="B13" s="132" t="s">
+        <v>533</v>
+      </c>
+      <c r="C13" s="132" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="D13" s="67" t="s">
         <v>384</v>
       </c>
       <c r="E13" s="68">
         <v>40321</v>
       </c>
       <c r="F13" s="76" t="s">
         <v>22</v>
       </c>
       <c r="G13" s="74">
         <v>25521</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A14" s="66" t="s">
+        <v>535</v>
+      </c>
+      <c r="B14" s="132" t="s">
         <v>536</v>
       </c>
-      <c r="B14" s="132" t="s">
+      <c r="C14" s="132" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="D14" s="67" t="s">
         <v>446</v>
       </c>
       <c r="E14" s="68">
         <v>38844</v>
       </c>
       <c r="F14" s="76" t="s">
         <v>37</v>
       </c>
       <c r="G14" s="74">
         <v>24160</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A15" s="66" t="s">
         <v>433</v>
       </c>
       <c r="B15" s="132" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="C15" s="132" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="D15" s="67" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="E15" s="68">
         <v>43631</v>
       </c>
       <c r="F15" s="76" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="G15" s="74">
         <v>22726</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="66" t="s">
+        <v>539</v>
+      </c>
+      <c r="B16" s="132" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="C16" s="76" t="s">
         <v>530</v>
       </c>
       <c r="D16" s="67" t="s">
         <v>531</v>
       </c>
       <c r="E16" s="68">
         <v>38486</v>
       </c>
       <c r="F16" s="76" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="74">
         <v>22121</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="298" customFormat="1" ht="12" customHeight="1">
+    <row r="17" spans="1:7" s="297" customFormat="1" ht="12" customHeight="1">
       <c r="A17" s="66" t="s">
-        <v>1662</v>
+        <v>1660</v>
       </c>
       <c r="B17" s="132" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="C17" s="76" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="D17" s="67" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="E17" s="68">
         <v>45221</v>
       </c>
       <c r="F17" s="76" t="s">
-        <v>1664</v>
+        <v>1662</v>
       </c>
       <c r="G17" s="74">
         <v>22726</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>440</v>
       </c>
       <c r="B18" s="132" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="C18" s="132" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="D18" s="67" t="s">
         <v>446</v>
       </c>
       <c r="E18" s="68">
         <v>38969</v>
       </c>
       <c r="F18" s="76" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="74">
         <v>24160</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A19" s="66" t="s">
+        <v>541</v>
+      </c>
+      <c r="B19" s="132" t="s">
         <v>542</v>
       </c>
-      <c r="B19" s="132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="132" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="D19" s="67" t="s">
         <v>446</v>
       </c>
       <c r="E19" s="68">
         <v>38879</v>
       </c>
       <c r="F19" s="76" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="G19" s="74">
         <v>24160</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>450</v>
       </c>
       <c r="B20" s="132" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C20" s="132" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="D20" s="67" t="s">
         <v>446</v>
       </c>
       <c r="E20" s="68">
         <v>38830</v>
       </c>
       <c r="F20" s="76" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="G20" s="74">
         <v>24160</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="66" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="B21" s="132" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="C21" s="132" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="D21" s="67" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="E21" s="68">
         <v>43219</v>
       </c>
       <c r="F21" s="76" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="G21" s="74">
         <v>21541</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>457</v>
       </c>
       <c r="B22" s="67" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="C22" s="67" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="D22" s="67" t="s">
         <v>303</v>
       </c>
       <c r="E22" s="68">
         <v>44660</v>
       </c>
       <c r="F22" s="76" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="G22" s="74">
         <v>26590</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="298" customFormat="1" ht="15" customHeight="1">
+    <row r="23" spans="1:7" s="297" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="66" t="s">
         <v>466</v>
       </c>
       <c r="B23" s="67" t="s">
         <v>467</v>
       </c>
       <c r="C23" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D23" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="68">
         <v>41034</v>
       </c>
       <c r="F23" s="67" t="s">
         <v>37</v>
       </c>
       <c r="G23" s="119">
         <v>26015</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A24" s="66" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="B24" s="132" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="C24" s="132" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D24" s="67" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="E24" s="68">
         <v>44741</v>
       </c>
       <c r="F24" s="76" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="G24" s="74">
         <v>27249</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="298" customFormat="1" ht="15" customHeight="1">
+    <row r="25" spans="1:7" s="297" customFormat="1" ht="15" customHeight="1">
       <c r="A25" s="66" t="s">
         <v>377</v>
       </c>
       <c r="B25" s="67" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C25" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D25" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="68">
         <v>40986</v>
       </c>
       <c r="F25" s="67" t="s">
         <v>32</v>
       </c>
       <c r="G25" s="74">
         <v>26015</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="298" customFormat="1" ht="15" customHeight="1">
+    <row r="26" spans="1:7" s="297" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>473</v>
       </c>
       <c r="B26" s="67" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C26" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D26" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="68">
         <v>41063</v>
       </c>
       <c r="F26" s="67" t="s">
         <v>475</v>
       </c>
       <c r="G26" s="74">
         <v>26015</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="298" customFormat="1" ht="15" customHeight="1">
+    <row r="27" spans="1:7" s="297" customFormat="1" ht="15" customHeight="1">
       <c r="A27" s="66" t="s">
         <v>476</v>
       </c>
       <c r="B27" s="67" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C27" s="67" t="s">
         <v>468</v>
       </c>
       <c r="D27" s="67" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="68">
         <v>41014</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>37</v>
       </c>
       <c r="G27" s="74">
         <v>26015</v>
       </c>
     </row>
     <row r="28" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>54</v>
       </c>
       <c r="B28" s="132" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C28" s="132" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="67" t="s">
         <v>529</v>
       </c>
       <c r="E28" s="68">
         <v>37773</v>
       </c>
       <c r="F28" s="130" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="G28" s="74">
         <v>22721</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A29" s="66" t="s">
         <v>485</v>
       </c>
       <c r="B29" s="132" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="C29" s="132" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="D29" s="67" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="E29" s="68">
         <v>44730</v>
       </c>
       <c r="F29" s="76" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="G29" s="74">
         <v>29393</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A30" s="66" t="s">
+        <v>552</v>
+      </c>
+      <c r="B30" s="132" t="s">
         <v>553</v>
       </c>
-      <c r="B30" s="132" t="s">
+      <c r="C30" s="132" t="s">
         <v>554</v>
       </c>
-      <c r="C30" s="132" t="s">
+      <c r="D30" s="67" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="E30" s="68">
         <v>36653</v>
       </c>
       <c r="F30" s="76" t="s">
         <v>89</v>
       </c>
       <c r="G30" s="74">
         <v>21775</v>
       </c>
     </row>
-    <row r="31" spans="1:7" s="298" customFormat="1" ht="15" customHeight="1">
+    <row r="31" spans="1:7" s="297" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="66" t="s">
         <v>388</v>
       </c>
       <c r="B31" s="132" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C31" s="132" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D31" s="67" t="s">
         <v>1183</v>
-      </c>
-[...4 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="E31" s="68">
         <v>42134</v>
       </c>
       <c r="F31" s="76" t="s">
         <v>161</v>
       </c>
       <c r="G31" s="74">
         <v>25860</v>
       </c>
     </row>
     <row r="32" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="66" t="s">
+        <v>556</v>
+      </c>
+      <c r="B32" s="132" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="C32" s="132" t="s">
         <v>112</v>
       </c>
       <c r="D32" s="67" t="s">
         <v>529</v>
       </c>
       <c r="E32" s="68">
         <v>37919</v>
       </c>
       <c r="F32" s="130" t="s">
         <v>145</v>
       </c>
       <c r="G32" s="74">
         <v>22721</v>
       </c>
     </row>
     <row r="33" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A33" s="66"/>
       <c r="B33" s="132"/>
       <c r="C33" s="132"/>
       <c r="D33" s="132"/>
-      <c r="E33" s="134"/>
+      <c r="E33" s="133"/>
       <c r="F33" s="132"/>
-      <c r="G33" s="344"/>
+      <c r="G33" s="343"/>
     </row>
     <row r="34" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A34" s="66"/>
       <c r="B34" s="132"/>
       <c r="C34" s="132"/>
       <c r="D34" s="132"/>
-      <c r="E34" s="134"/>
+      <c r="E34" s="133"/>
       <c r="F34" s="132"/>
-      <c r="G34" s="344"/>
+      <c r="G34" s="343"/>
     </row>
     <row r="35" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A35" s="66"/>
       <c r="B35" s="132"/>
       <c r="C35" s="132"/>
       <c r="D35" s="132"/>
-      <c r="E35" s="134"/>
+      <c r="E35" s="133"/>
       <c r="F35" s="132"/>
-      <c r="G35" s="344"/>
+      <c r="G35" s="343"/>
     </row>
     <row r="36" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A36" s="78"/>
-      <c r="B36" s="135"/>
-[...4 lines deleted...]
-      <c r="G36" s="345"/>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="135"/>
+      <c r="F36" s="134"/>
+      <c r="G36" s="344"/>
     </row>
     <row r="37" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A37" s="83"/>
       <c r="B37" s="97"/>
       <c r="C37" s="97"/>
       <c r="D37" s="97"/>
       <c r="E37" s="96"/>
       <c r="F37" s="97"/>
       <c r="G37" s="98"/>
     </row>
     <row r="38" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A38" s="78"/>
-      <c r="B38" s="135"/>
-[...4 lines deleted...]
-      <c r="G38" s="345"/>
+      <c r="B38" s="134"/>
+      <c r="C38" s="134"/>
+      <c r="D38" s="134"/>
+      <c r="E38" s="135"/>
+      <c r="F38" s="134"/>
+      <c r="G38" s="344"/>
     </row>
     <row r="39" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A39" s="78"/>
-      <c r="B39" s="135"/>
-[...4 lines deleted...]
-      <c r="G39" s="345"/>
+      <c r="B39" s="134"/>
+      <c r="C39" s="134"/>
+      <c r="D39" s="134"/>
+      <c r="E39" s="135"/>
+      <c r="F39" s="134"/>
+      <c r="G39" s="344"/>
     </row>
     <row r="40" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A40" s="66"/>
       <c r="B40" s="132"/>
       <c r="C40" s="132"/>
       <c r="D40" s="132"/>
-      <c r="E40" s="134"/>
+      <c r="E40" s="133"/>
       <c r="F40" s="132"/>
-      <c r="G40" s="344"/>
+      <c r="G40" s="343"/>
     </row>
     <row r="41" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A41" s="78"/>
-      <c r="B41" s="135"/>
-[...4 lines deleted...]
-      <c r="G41" s="345"/>
+      <c r="B41" s="134"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="135"/>
+      <c r="F41" s="134"/>
+      <c r="G41" s="344"/>
     </row>
     <row r="42" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A42" s="78"/>
-      <c r="B42" s="135"/>
-[...4 lines deleted...]
-      <c r="G42" s="345"/>
+      <c r="B42" s="134"/>
+      <c r="C42" s="134"/>
+      <c r="D42" s="134"/>
+      <c r="E42" s="135"/>
+      <c r="F42" s="134"/>
+      <c r="G42" s="344"/>
     </row>
     <row r="43" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A43" s="78"/>
-      <c r="B43" s="135"/>
-[...4 lines deleted...]
-      <c r="G43" s="345"/>
+      <c r="B43" s="134"/>
+      <c r="C43" s="134"/>
+      <c r="D43" s="134"/>
+      <c r="E43" s="135"/>
+      <c r="F43" s="134"/>
+      <c r="G43" s="344"/>
     </row>
     <row r="44" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A44" s="78"/>
-      <c r="B44" s="135"/>
-[...4 lines deleted...]
-      <c r="G44" s="345"/>
+      <c r="B44" s="134"/>
+      <c r="C44" s="134"/>
+      <c r="D44" s="134"/>
+      <c r="E44" s="135"/>
+      <c r="F44" s="134"/>
+      <c r="G44" s="344"/>
     </row>
     <row r="45" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
-      <c r="A45" s="137"/>
+      <c r="A45" s="136"/>
       <c r="B45" s="113"/>
       <c r="C45" s="113"/>
       <c r="D45" s="113"/>
-      <c r="E45" s="138"/>
+      <c r="E45" s="137"/>
       <c r="F45" s="113"/>
-      <c r="G45" s="346"/>
+      <c r="G45" s="345"/>
     </row>
     <row r="46" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1">
-      <c r="A46" s="139"/>
-[...5 lines deleted...]
-      <c r="G46" s="347"/>
+      <c r="A46" s="138"/>
+      <c r="B46" s="138"/>
+      <c r="C46" s="138"/>
+      <c r="D46" s="138"/>
+      <c r="E46" s="138"/>
+      <c r="F46" s="138"/>
+      <c r="G46" s="346"/>
     </row>
     <row r="47" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G47" s="208"/>
+      <c r="G47" s="207"/>
     </row>
     <row r="48" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G48" s="208"/>
+      <c r="G48" s="207"/>
     </row>
     <row r="49" spans="7:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G49" s="208"/>
+      <c r="G49" s="207"/>
     </row>
     <row r="50" spans="7:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G50" s="208"/>
+      <c r="G50" s="207"/>
     </row>
     <row r="51" spans="7:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G51" s="208"/>
+      <c r="G51" s="207"/>
     </row>
     <row r="52" spans="7:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G52" s="208"/>
+      <c r="G52" s="207"/>
     </row>
     <row r="53" spans="7:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G53" s="208"/>
+      <c r="G53" s="207"/>
     </row>
     <row r="54" spans="7:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="G54" s="208"/>
+      <c r="G54" s="207"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="93" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="A2:G65"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="B20" sqref="B20"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="15.6640625" customWidth="1"/>
     <col min="7" max="7" width="13.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
-[...3 lines deleted...]
-      <c r="E2" s="606"/>
+      <c r="C2" s="624" t="s">
+        <v>558</v>
+      </c>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickBot="1">
-      <c r="A6" s="140" t="s">
+      <c r="A6" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="141" t="s">
+      <c r="B6" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="142" t="s">
+      <c r="C6" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="141" t="s">
+      <c r="D6" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="141" t="s">
+      <c r="E6" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="142" t="s">
+      <c r="F6" s="141" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="143" t="s">
+      <c r="G6" s="142" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A7" s="144" t="s">
+      <c r="A7" s="143" t="s">
+        <v>559</v>
+      </c>
+      <c r="B7" s="67" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="C7" s="67" t="s">
         <v>104</v>
       </c>
       <c r="D7" s="67" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="E7" s="145">
+        <v>561</v>
+      </c>
+      <c r="E7" s="144">
         <v>39186</v>
       </c>
       <c r="F7" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="G7" s="146">
+      <c r="G7" s="145">
         <v>34672</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A8" s="147" t="s">
+      <c r="A8" s="146" t="s">
+        <v>562</v>
+      </c>
+      <c r="B8" s="67" t="s">
         <v>563</v>
       </c>
-      <c r="B8" s="67" t="s">
+      <c r="C8" s="67" t="s">
         <v>564</v>
       </c>
-      <c r="C8" s="67" t="s">
+      <c r="D8" s="67" t="s">
         <v>565</v>
       </c>
-      <c r="D8" s="67" t="s">
+      <c r="E8" s="67" t="s">
         <v>566</v>
       </c>
-      <c r="E8" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="67"/>
-      <c r="G8" s="148"/>
+      <c r="G8" s="147"/>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A9" s="149"/>
+      <c r="A9" s="148"/>
       <c r="B9" s="67"/>
       <c r="C9" s="67" t="s">
+        <v>567</v>
+      </c>
+      <c r="D9" s="67" t="s">
         <v>568</v>
       </c>
-      <c r="D9" s="67" t="s">
+      <c r="E9" s="67" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="F9" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="G9" s="146">
+      <c r="G9" s="145">
         <v>25277</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A10" s="149"/>
+      <c r="A10" s="148"/>
       <c r="B10" s="67"/>
       <c r="C10" s="67" t="s">
+        <v>570</v>
+      </c>
+      <c r="D10" s="67" t="s">
         <v>571</v>
       </c>
-      <c r="D10" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="145">
+      <c r="E10" s="144">
         <v>35953</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="G10" s="146">
+      <c r="G10" s="145">
         <v>31075</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A11" s="150" t="s">
-        <v>573</v>
+      <c r="A11" s="149" t="s">
+        <v>572</v>
       </c>
       <c r="B11" s="67" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="C11" s="67" t="s">
         <v>104</v>
       </c>
       <c r="D11" s="67" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E11" s="145">
+        <v>573</v>
+      </c>
+      <c r="E11" s="144">
         <v>39607</v>
       </c>
       <c r="F11" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="G11" s="146">
+      <c r="G11" s="145">
         <v>34981</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A12" s="150" t="s">
+      <c r="A12" s="149" t="s">
+        <v>574</v>
+      </c>
+      <c r="B12" s="67" t="s">
         <v>575</v>
       </c>
-      <c r="B12" s="67" t="s">
+      <c r="C12" s="67" t="s">
+        <v>570</v>
+      </c>
+      <c r="D12" s="67" t="s">
+        <v>571</v>
+      </c>
+      <c r="E12" s="144">
+        <v>36093</v>
+      </c>
+      <c r="F12" s="67" t="s">
         <v>576</v>
       </c>
-      <c r="C12" s="67" t="s">
-[...8 lines deleted...]
-      <c r="F12" s="67" t="s">
+      <c r="G12" s="145">
+        <v>31075</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A13" s="149" t="s">
         <v>577</v>
       </c>
-      <c r="G12" s="146">
-[...4 lines deleted...]
-      <c r="A13" s="150" t="s">
+      <c r="B13" s="67" t="s">
         <v>578</v>
       </c>
-      <c r="B13" s="67" t="s">
+      <c r="C13" s="67" t="s">
         <v>579</v>
       </c>
-      <c r="C13" s="67" t="s">
+      <c r="D13" s="67" t="s">
         <v>580</v>
       </c>
-      <c r="D13" s="67" t="s">
+      <c r="E13" s="67" t="s">
+        <v>569</v>
+      </c>
+      <c r="F13" s="67"/>
+      <c r="G13" s="145">
+        <v>25326</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A14" s="149" t="s">
         <v>581</v>
       </c>
-      <c r="E13" s="67" t="s">
-[...8 lines deleted...]
-      <c r="A14" s="150" t="s">
+      <c r="B14" s="67" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C14" s="67" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D14" s="67" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E14" s="144">
+        <v>44707</v>
+      </c>
+      <c r="F14" s="67" t="s">
+        <v>1545</v>
+      </c>
+      <c r="G14" s="145">
+        <v>39901</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A15" s="149" t="s">
         <v>582</v>
       </c>
-      <c r="B14" s="67" t="s">
-[...19 lines deleted...]
-      <c r="A15" s="150" t="s">
+      <c r="B15" s="67" t="s">
         <v>583</v>
       </c>
-      <c r="B15" s="67" t="s">
+      <c r="C15" s="67" t="s">
         <v>584</v>
       </c>
-      <c r="C15" s="67" t="s">
+      <c r="D15" s="67" t="s">
         <v>585</v>
       </c>
-      <c r="D15" s="67" t="s">
+      <c r="E15" s="144">
+        <v>36678</v>
+      </c>
+      <c r="F15" s="67" t="s">
         <v>586</v>
       </c>
-      <c r="E15" s="145">
-[...2 lines deleted...]
-      <c r="F15" s="67" t="s">
+      <c r="G15" s="145">
+        <v>32313</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A16" s="149" t="s">
         <v>587</v>
       </c>
-      <c r="G15" s="146">
-[...4 lines deleted...]
-      <c r="A16" s="150" t="s">
+      <c r="B16" s="67" t="s">
         <v>588</v>
       </c>
-      <c r="B16" s="67" t="s">
+      <c r="C16" s="67" t="s">
         <v>589</v>
       </c>
-      <c r="C16" s="67" t="s">
+      <c r="D16" s="67" t="s">
         <v>590</v>
       </c>
-      <c r="D16" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="145">
+      <c r="E16" s="144">
         <v>41427</v>
       </c>
       <c r="F16" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G16" s="146">
+      <c r="G16" s="145">
         <v>36540</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A17" s="150" t="s">
+      <c r="A17" s="149" t="s">
         <v>132</v>
       </c>
       <c r="B17" s="67" t="s">
+        <v>591</v>
+      </c>
+      <c r="C17" s="67" t="s">
         <v>592</v>
       </c>
-      <c r="C17" s="67" t="s">
+      <c r="D17" s="67" t="s">
         <v>593</v>
       </c>
-      <c r="D17" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="145">
+      <c r="E17" s="144">
         <v>34844</v>
       </c>
       <c r="F17" s="67" t="s">
         <v>48</v>
       </c>
-      <c r="G17" s="146">
+      <c r="G17" s="145">
         <v>30327</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
-      <c r="A18" s="150" t="s">
+      <c r="A18" s="149" t="s">
+        <v>594</v>
+      </c>
+      <c r="B18" s="67" t="s">
         <v>595</v>
       </c>
-      <c r="B18" s="67" t="s">
+      <c r="C18" s="67" t="s">
         <v>596</v>
       </c>
-      <c r="C18" s="67" t="s">
+      <c r="D18" s="67" t="s">
         <v>597</v>
       </c>
-      <c r="D18" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="145">
+      <c r="E18" s="144">
         <v>41013</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="G18" s="146">
+      <c r="G18" s="145">
         <v>36466</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A19" s="150" t="s">
+      <c r="A19" s="149" t="s">
         <v>141</v>
       </c>
       <c r="B19" s="67" t="s">
+        <v>598</v>
+      </c>
+      <c r="C19" s="67" t="s">
         <v>599</v>
       </c>
-      <c r="C19" s="67" t="s">
+      <c r="D19" s="67" t="s">
         <v>600</v>
       </c>
-      <c r="D19" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="145">
+      <c r="E19" s="144">
         <v>34609</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>265</v>
       </c>
-      <c r="G19" s="146">
+      <c r="G19" s="145">
         <v>30134</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
-      <c r="A20" s="151" t="s">
+      <c r="A20" s="150" t="s">
+        <v>601</v>
+      </c>
+      <c r="B20" s="67" t="s">
         <v>602</v>
       </c>
-      <c r="B20" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="67" t="s">
+        <v>596</v>
+      </c>
+      <c r="D20" s="67" t="s">
         <v>597</v>
       </c>
-      <c r="D20" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="145">
+      <c r="E20" s="144">
         <v>41203</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="G20" s="146">
+      <c r="G20" s="145">
         <v>36466</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A21" s="150" t="s">
+      <c r="A21" s="149" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="67" t="s">
+        <v>603</v>
+      </c>
+      <c r="C21" s="67" t="s">
         <v>604</v>
       </c>
-      <c r="C21" s="67" t="s">
+      <c r="D21" s="67" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="E21" s="67" t="s">
         <v>72</v>
       </c>
       <c r="F21" s="67"/>
-      <c r="G21" s="146">
+      <c r="G21" s="145">
         <v>23848</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A22" s="150" t="s">
+      <c r="A22" s="149" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="67" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="C22" s="67" t="s">
+        <v>589</v>
+      </c>
+      <c r="D22" s="67" t="s">
         <v>590</v>
       </c>
-      <c r="D22" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="145">
+      <c r="E22" s="144">
         <v>41433</v>
       </c>
       <c r="F22" s="67" t="s">
         <v>110</v>
       </c>
-      <c r="G22" s="146">
+      <c r="G22" s="145">
         <v>36540</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A23" s="150" t="s">
+      <c r="A23" s="149" t="s">
         <v>56</v>
       </c>
       <c r="B23" s="67" t="s">
+        <v>607</v>
+      </c>
+      <c r="C23" s="67" t="s">
+        <v>567</v>
+      </c>
+      <c r="D23" s="67" t="s">
+        <v>568</v>
+      </c>
+      <c r="E23" s="144">
+        <v>32319</v>
+      </c>
+      <c r="F23" s="67" t="s">
         <v>608</v>
       </c>
-      <c r="C23" s="67" t="s">
-[...8 lines deleted...]
-      <c r="F23" s="67" t="s">
+      <c r="G23" s="145">
+        <v>25277</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A24" s="149" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="67" t="s">
         <v>609</v>
       </c>
-      <c r="G23" s="146">
-[...7 lines deleted...]
-      <c r="B24" s="67" t="s">
+      <c r="C24" s="67" t="s">
         <v>610</v>
       </c>
-      <c r="C24" s="67" t="s">
+      <c r="D24" s="67" t="s">
         <v>611</v>
       </c>
-      <c r="D24" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="145">
+      <c r="E24" s="144">
         <v>36828</v>
       </c>
       <c r="F24" s="67" t="s">
         <v>53</v>
       </c>
-      <c r="G24" s="146">
+      <c r="G24" s="145">
         <v>31874</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A25" s="150" t="s">
+      <c r="A25" s="149" t="s">
+        <v>612</v>
+      </c>
+      <c r="B25" s="67" t="s">
         <v>613</v>
       </c>
-      <c r="B25" s="67" t="s">
+      <c r="C25" s="67" t="s">
         <v>614</v>
       </c>
-      <c r="C25" s="67" t="s">
+      <c r="D25" s="67" t="s">
         <v>615</v>
       </c>
-      <c r="D25" s="67" t="s">
+      <c r="E25" s="67" t="s">
+        <v>566</v>
+      </c>
+      <c r="F25" s="67"/>
+      <c r="G25" s="147"/>
+    </row>
+    <row r="26" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A26" s="149" t="s">
         <v>616</v>
       </c>
-      <c r="E25" s="67" t="s">
-[...6 lines deleted...]
-      <c r="A26" s="150" t="s">
+      <c r="B26" s="67" t="s">
         <v>617</v>
       </c>
-      <c r="B26" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="67" t="s">
+        <v>604</v>
+      </c>
+      <c r="D26" s="67" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="E26" s="67" t="s">
         <v>72</v>
       </c>
       <c r="F26" s="67"/>
-      <c r="G26" s="146">
+      <c r="G26" s="145">
         <v>23848</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A27" s="150" t="s">
+      <c r="A27" s="149" t="s">
+        <v>618</v>
+      </c>
+      <c r="B27" s="67" t="s">
         <v>619</v>
       </c>
-      <c r="B27" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="67" t="s">
+        <v>567</v>
+      </c>
+      <c r="D27" s="67" t="s">
         <v>568</v>
       </c>
-      <c r="D27" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="145">
+      <c r="E27" s="144">
         <v>30241</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="G27" s="146">
+      <c r="G27" s="145">
         <v>25277</v>
       </c>
     </row>
     <row r="28" spans="1:7" s="65" customFormat="1" ht="12" customHeight="1">
-      <c r="A28" s="150" t="s">
+      <c r="A28" s="149" t="s">
+        <v>620</v>
+      </c>
+      <c r="B28" s="67" t="s">
         <v>621</v>
       </c>
-      <c r="B28" s="67" t="s">
+      <c r="C28" s="67" t="s">
         <v>622</v>
       </c>
-      <c r="C28" s="67" t="s">
+      <c r="D28" s="67" t="s">
         <v>623</v>
       </c>
-      <c r="D28" s="67" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="145">
+      <c r="E28" s="144">
         <v>38151</v>
       </c>
       <c r="F28" s="67" t="s">
         <v>22</v>
       </c>
-      <c r="G28" s="146">
+      <c r="G28" s="145">
         <v>33324</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A29" s="150" t="s">
+      <c r="A29" s="149" t="s">
+        <v>624</v>
+      </c>
+      <c r="B29" s="75" t="s">
         <v>625</v>
       </c>
-      <c r="B29" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="97" t="s">
+        <v>589</v>
+      </c>
+      <c r="D29" s="84" t="s">
         <v>590</v>
       </c>
-      <c r="D29" s="84" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="513">
+      <c r="E29" s="512">
         <v>41433</v>
       </c>
       <c r="F29" s="84" t="s">
         <v>110</v>
       </c>
-      <c r="G29" s="514">
+      <c r="G29" s="513">
         <v>36540</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A30" s="152" t="s">
+      <c r="A30" s="151" t="s">
         <v>205</v>
       </c>
       <c r="B30" s="75" t="s">
+        <v>626</v>
+      </c>
+      <c r="C30" s="75" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="75"/>
-      <c r="G30" s="153"/>
+      <c r="G30" s="152"/>
     </row>
     <row r="31" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A31" s="152" t="s">
+      <c r="A31" s="151" t="s">
         <v>397</v>
       </c>
       <c r="B31" s="75" t="s">
+        <v>628</v>
+      </c>
+      <c r="C31" s="75" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
-      <c r="G31" s="153"/>
+      <c r="G31" s="152"/>
     </row>
     <row r="32" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A32" s="144" t="s">
+      <c r="A32" s="143" t="s">
+        <v>630</v>
+      </c>
+      <c r="B32" s="67" t="s">
         <v>631</v>
       </c>
-      <c r="B32" s="67" t="s">
+      <c r="C32" s="67" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="D32" s="67"/>
       <c r="E32" s="67"/>
       <c r="F32" s="67"/>
-      <c r="G32" s="148"/>
+      <c r="G32" s="147"/>
     </row>
     <row r="33" spans="1:7" s="65" customFormat="1" ht="10.050000000000001" customHeight="1">
-      <c r="A33" s="563" t="s">
+      <c r="A33" s="562" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B33" s="563" t="s">
         <v>1762</v>
       </c>
-      <c r="B33" s="564" t="s">
+      <c r="C33" s="564" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D33" s="564" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E33" s="565">
+        <v>45627</v>
+      </c>
+      <c r="F33" s="563" t="s">
+        <v>173</v>
+      </c>
+      <c r="G33" s="566">
+        <v>41615</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A34" s="567"/>
+      <c r="B34" s="524" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C34" s="524" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D34" s="524" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E34" s="524" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F34" s="524"/>
+      <c r="G34" s="568"/>
+    </row>
+    <row r="35" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A35" s="567"/>
+      <c r="B35" s="524" t="s">
+        <v>181</v>
+      </c>
+      <c r="C35" s="524" t="s">
         <v>1765</v>
       </c>
-      <c r="C33" s="565" t="s">
-[...20 lines deleted...]
-      <c r="C34" s="525" t="s">
+      <c r="D35" s="524" t="s">
+        <v>96</v>
+      </c>
+      <c r="E35" s="524" t="s">
         <v>1766</v>
       </c>
-      <c r="D34" s="525" t="s">
-[...23 lines deleted...]
-      <c r="G35" s="569"/>
+      <c r="F35" s="524"/>
+      <c r="G35" s="568"/>
     </row>
     <row r="36" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A36" s="150" t="s">
+      <c r="A36" s="149" t="s">
         <v>85</v>
       </c>
       <c r="B36" s="84" t="s">
+        <v>633</v>
+      </c>
+      <c r="C36" s="84" t="s">
         <v>634</v>
       </c>
-      <c r="C36" s="84" t="s">
+      <c r="D36" s="84" t="s">
         <v>635</v>
       </c>
-      <c r="D36" s="84" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="513">
+      <c r="E36" s="512">
         <v>39578</v>
       </c>
       <c r="F36" s="84" t="s">
         <v>37</v>
       </c>
-      <c r="G36" s="514">
+      <c r="G36" s="513">
         <v>34765</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A37" s="156"/>
-      <c r="B37" s="157" t="s">
+      <c r="A37" s="155"/>
+      <c r="B37" s="156" t="s">
+        <v>636</v>
+      </c>
+      <c r="C37" s="156" t="s">
         <v>637</v>
       </c>
-      <c r="C37" s="157" t="s">
+      <c r="D37" s="156">
+        <v>622</v>
+      </c>
+      <c r="E37" s="156"/>
+      <c r="F37" s="134"/>
+      <c r="G37" s="152"/>
+    </row>
+    <row r="38" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
+      <c r="A38" s="151"/>
+      <c r="B38" s="75" t="s">
         <v>638</v>
       </c>
-      <c r="D37" s="157">
-[...8 lines deleted...]
-      <c r="B38" s="75" t="s">
+      <c r="C38" s="75" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="D38" s="75">
         <v>295</v>
       </c>
       <c r="E38" s="75"/>
       <c r="F38" s="75"/>
-      <c r="G38" s="153"/>
+      <c r="G38" s="152"/>
     </row>
     <row r="39" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A39" s="152"/>
+      <c r="A39" s="151"/>
       <c r="B39" s="75" t="s">
         <v>202</v>
       </c>
       <c r="C39" s="75" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="D39" s="75">
         <v>367</v>
       </c>
       <c r="E39" s="75"/>
       <c r="F39" s="75"/>
-      <c r="G39" s="153"/>
+      <c r="G39" s="152"/>
     </row>
     <row r="40" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A40" s="144"/>
+      <c r="A40" s="143"/>
       <c r="B40" s="67" t="s">
         <v>96</v>
       </c>
       <c r="C40" s="67" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D40" s="67">
         <v>380</v>
       </c>
       <c r="E40" s="67"/>
       <c r="F40" s="67"/>
-      <c r="G40" s="153"/>
+      <c r="G40" s="152"/>
     </row>
     <row r="41" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A41" s="152" t="s">
-        <v>643</v>
+      <c r="A41" s="151" t="s">
+        <v>642</v>
       </c>
       <c r="B41" s="75" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="C41" s="75"/>
       <c r="D41" s="75"/>
-      <c r="E41" s="154">
+      <c r="E41" s="153">
         <v>42904</v>
       </c>
       <c r="F41" s="75" t="s">
         <v>37</v>
       </c>
-      <c r="G41" s="374"/>
+      <c r="G41" s="373"/>
     </row>
     <row r="42" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A42" s="158"/>
+      <c r="A42" s="157"/>
       <c r="B42" s="75"/>
       <c r="C42" s="75" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="D42" s="75" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="E42" s="75"/>
-      <c r="F42" s="154" t="s">
+      <c r="F42" s="153" t="s">
         <v>67</v>
       </c>
-      <c r="G42" s="155">
+      <c r="G42" s="154">
         <v>38216</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A43" s="158"/>
+      <c r="A43" s="157"/>
       <c r="B43" s="75"/>
       <c r="C43" s="75" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
       <c r="D43" s="75" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="E43" s="75"/>
-      <c r="F43" s="154" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="155">
+      <c r="F43" s="153" t="s">
+        <v>643</v>
+      </c>
+      <c r="G43" s="154">
         <v>38013</v>
       </c>
     </row>
     <row r="44" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A44" s="158"/>
+      <c r="A44" s="157"/>
       <c r="B44" s="75"/>
       <c r="C44" s="75" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D44" s="75" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E44" s="75"/>
+      <c r="F44" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="G44" s="154">
+        <v>38009</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
+      <c r="A45" s="158"/>
+      <c r="B45" s="159"/>
+      <c r="C45" s="159" t="s">
+        <v>884</v>
+      </c>
+      <c r="D45" s="159" t="s">
         <v>1255</v>
       </c>
-      <c r="D44" s="75" t="s">
-[...3 lines deleted...]
-      <c r="F44" s="154" t="s">
+      <c r="E45" s="159"/>
+      <c r="F45" s="374" t="s">
         <v>67</v>
       </c>
-      <c r="G44" s="155">
-[...16 lines deleted...]
-      <c r="G45" s="376">
+      <c r="G45" s="375">
         <v>38226</v>
       </c>
     </row>
     <row r="46" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="47" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A47" s="65" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="48" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="49" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="50" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="51" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="52" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="53" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="54" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="55" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="56" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="57" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="58" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="59" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="60" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="61" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="62" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="63" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="64" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="65" s="65" customFormat="1" ht="10.199999999999999"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="597" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:J76"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" workbookViewId="0">
-      <selection activeCell="I60" sqref="I60"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="20.6640625" customWidth="1"/>
     <col min="3" max="3" width="18.33203125" customWidth="1"/>
     <col min="4" max="4" width="15.44140625" customWidth="1"/>
     <col min="5" max="5" width="15.6640625" customWidth="1"/>
     <col min="6" max="6" width="18" customWidth="1"/>
     <col min="7" max="7" width="13.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" ht="36">
-      <c r="C2" s="606" t="s">
+      <c r="C2" s="624" t="s">
         <v>116</v>
       </c>
-      <c r="D2" s="606"/>
-      <c r="E2" s="606"/>
+      <c r="D2" s="624"/>
+      <c r="E2" s="624"/>
     </row>
     <row r="4" spans="1:7">
       <c r="F4" s="43" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="26">
-        <v>46022</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" thickBot="1">
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" s="65" customFormat="1" ht="11.4" thickBot="1">
-      <c r="A6" s="140" t="s">
+      <c r="A6" s="139" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="141" t="s">
+      <c r="B6" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="142" t="s">
+      <c r="C6" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="141" t="s">
+      <c r="D6" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="141" t="s">
+      <c r="E6" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="142" t="s">
+      <c r="F6" s="141" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="143" t="s">
+      <c r="G6" s="142" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A7" s="66" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B7" s="132" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="C7" s="67" t="s">
+        <v>589</v>
+      </c>
+      <c r="D7" s="67" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="E7" s="68">
         <v>42168</v>
       </c>
       <c r="F7" s="67" t="s">
         <v>136</v>
       </c>
       <c r="G7" s="119">
         <v>36540</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A8" s="127" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="B8" s="128" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
       <c r="C8" s="128" t="s">
         <v>104</v>
       </c>
       <c r="D8" s="128" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="E8" s="129">
         <v>40159</v>
       </c>
       <c r="F8" s="128" t="s">
         <v>315</v>
       </c>
       <c r="G8" s="119">
         <v>34672</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A9" s="78" t="s">
+        <v>644</v>
+      </c>
+      <c r="B9" s="75" t="s">
         <v>645</v>
       </c>
-      <c r="B9" s="75" t="s">
+      <c r="C9" s="75" t="s">
         <v>646</v>
       </c>
-      <c r="C9" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="75" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="E9" s="79">
         <v>27924</v>
       </c>
       <c r="F9" s="75" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="G9" s="80" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A10" s="78"/>
       <c r="B10" s="67"/>
       <c r="C10" s="67" t="s">
+        <v>647</v>
+      </c>
+      <c r="D10" s="67" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="E10" s="68">
         <v>35596</v>
       </c>
       <c r="F10" s="67" t="s">
         <v>136</v>
       </c>
       <c r="G10" s="119">
         <v>30001</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="65" customFormat="1" ht="13.5" customHeight="1">
       <c r="A11" s="127" t="s">
         <v>205</v>
       </c>
       <c r="B11" s="67" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="C11" s="67" t="s">
+        <v>589</v>
+      </c>
+      <c r="D11" s="67" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="E11" s="68">
         <v>42182</v>
       </c>
       <c r="F11" s="67" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="G11" s="119">
         <v>36540</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="298" customFormat="1" ht="13.5" customHeight="1">
+    <row r="12" spans="1:7" s="297" customFormat="1" ht="13.5" customHeight="1">
       <c r="A12" s="66" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="B12" s="67" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
       <c r="C12" s="67" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="D12" s="67" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="E12" s="68">
         <v>45382</v>
       </c>
       <c r="F12" s="67" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="G12" s="119">
         <v>39864</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A13" s="66" t="s">
+        <v>650</v>
+      </c>
+      <c r="B13" s="67" t="s">
         <v>651</v>
       </c>
-      <c r="B13" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="67" t="s">
+        <v>647</v>
+      </c>
+      <c r="D13" s="67" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="E13" s="68">
         <v>35617</v>
       </c>
       <c r="F13" s="67" t="s">
         <v>215</v>
       </c>
       <c r="G13" s="119">
         <v>30001</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A14" s="78" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B14" s="67" t="s">
+        <v>652</v>
+      </c>
+      <c r="C14" s="67" t="s">
         <v>653</v>
       </c>
-      <c r="C14" s="67" t="s">
+      <c r="D14" s="67" t="s">
         <v>654</v>
       </c>
-      <c r="D14" s="67" t="s">
+      <c r="E14" s="68" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F14" s="67"/>
       <c r="G14" s="119"/>
     </row>
-    <row r="15" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="15" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A15" s="83" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B15" s="67" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C15" s="338" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D15" s="67" t="s">
         <v>1717</v>
-      </c>
-[...4 lines deleted...]
-        <v>1719</v>
       </c>
       <c r="E15" s="68">
         <v>45416</v>
       </c>
       <c r="F15" s="67" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="119">
         <v>39901</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A16" s="83" t="s">
+        <v>657</v>
+      </c>
+      <c r="B16" s="67" t="s">
         <v>658</v>
       </c>
-      <c r="B16" s="67" t="s">
+      <c r="C16" s="67" t="s">
         <v>659</v>
       </c>
-      <c r="C16" s="67" t="s">
+      <c r="D16" s="67" t="s">
+        <v>654</v>
+      </c>
+      <c r="E16" s="68" t="s">
         <v>660</v>
-      </c>
-[...4 lines deleted...]
-        <v>661</v>
       </c>
       <c r="F16" s="67"/>
       <c r="G16" s="119"/>
     </row>
     <row r="17" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A17" s="83" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="B17" s="67" t="s">
-        <v>1643</v>
+        <v>1641</v>
       </c>
       <c r="C17" s="67" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="D17" s="67" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="E17" s="68">
         <v>45095</v>
       </c>
       <c r="F17" s="67" t="s">
-        <v>1644</v>
+        <v>1642</v>
       </c>
       <c r="G17" s="119">
         <v>39901</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A18" s="83" t="s">
+        <v>661</v>
+      </c>
+      <c r="B18" s="67" t="s">
         <v>662</v>
       </c>
-      <c r="B18" s="67" t="s">
+      <c r="C18" s="67" t="s">
         <v>663</v>
       </c>
-      <c r="C18" s="67" t="s">
+      <c r="D18" s="67" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="E18" s="68">
         <v>34844</v>
       </c>
       <c r="F18" s="67" t="s">
         <v>48</v>
       </c>
       <c r="G18" s="119">
         <v>29315</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A19" s="83" t="s">
+        <v>665</v>
+      </c>
+      <c r="B19" s="67" t="s">
         <v>666</v>
       </c>
-      <c r="B19" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="67" t="s">
+        <v>663</v>
+      </c>
+      <c r="D19" s="67" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="E19" s="68">
         <v>34784</v>
       </c>
       <c r="F19" s="67" t="s">
         <v>462</v>
       </c>
       <c r="G19" s="119">
         <v>29315</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="20" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A20" s="83" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
       <c r="B20" s="67" t="s">
-        <v>1710</v>
+        <v>1708</v>
       </c>
       <c r="C20" s="67" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="D20" s="67" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="E20" s="68">
         <v>45326</v>
       </c>
       <c r="F20" s="67" t="s">
         <v>173</v>
       </c>
       <c r="G20" s="119">
         <v>39864</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A21" s="83" t="s">
+        <v>667</v>
+      </c>
+      <c r="B21" s="67" t="s">
         <v>668</v>
       </c>
-      <c r="B21" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="67" t="s">
+        <v>567</v>
+      </c>
+      <c r="D21" s="67" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="E21" s="68">
         <v>30868</v>
       </c>
       <c r="F21" s="67" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="119">
         <v>25277</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A22" s="83" t="s">
+        <v>669</v>
+      </c>
+      <c r="B22" s="67" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="C22" s="67" t="s">
         <v>104</v>
       </c>
       <c r="D22" s="67" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="E22" s="68">
         <v>39569</v>
       </c>
       <c r="F22" s="67" t="s">
         <v>77</v>
       </c>
       <c r="G22" s="119">
         <v>34672</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A23" s="83" t="s">
+        <v>671</v>
+      </c>
+      <c r="B23" s="67" t="s">
         <v>672</v>
       </c>
-      <c r="B23" s="67" t="s">
+      <c r="C23" s="67" t="s">
         <v>673</v>
       </c>
-      <c r="C23" s="67" t="s">
+      <c r="D23" s="67" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="E23" s="68">
         <v>36274</v>
       </c>
       <c r="F23" s="67" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="G23" s="119">
         <v>30807</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A24" s="83" t="s">
+        <v>676</v>
+      </c>
+      <c r="B24" s="67" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="C24" s="67" t="s">
         <v>138</v>
       </c>
       <c r="D24" s="67" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="E24" s="68">
         <v>36821</v>
       </c>
       <c r="F24" s="67" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G24" s="119">
         <v>31307</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A25" s="83" t="s">
+        <v>680</v>
+      </c>
+      <c r="B25" s="67" t="s">
         <v>681</v>
       </c>
-      <c r="B25" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="67" t="s">
+        <v>596</v>
+      </c>
+      <c r="D25" s="67" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="E25" s="68">
         <v>41403</v>
       </c>
       <c r="F25" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="G25" s="161">
+      <c r="G25" s="160">
         <v>36466</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A26" s="83" t="s">
+        <v>682</v>
+      </c>
+      <c r="B26" s="67" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="C26" s="67" t="s">
         <v>138</v>
       </c>
       <c r="D26" s="67" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="E26" s="68">
         <v>36695</v>
       </c>
       <c r="F26" s="67" t="s">
         <v>142</v>
       </c>
       <c r="G26" s="119">
         <v>31307</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A27" s="83" t="s">
         <v>380</v>
       </c>
       <c r="B27" s="67" t="s">
+        <v>684</v>
+      </c>
+      <c r="C27" s="67" t="s">
         <v>685</v>
       </c>
-      <c r="C27" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="67" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="E27" s="68">
         <v>36457</v>
       </c>
       <c r="F27" s="67" t="s">
         <v>144</v>
       </c>
       <c r="G27" s="119">
         <v>31025</v>
       </c>
     </row>
     <row r="28" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A28" s="83" t="s">
         <v>46</v>
       </c>
       <c r="B28" s="67" t="s">
+        <v>686</v>
+      </c>
+      <c r="C28" s="67" t="s">
         <v>687</v>
       </c>
-      <c r="C28" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="67" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="E28" s="68">
         <v>27899</v>
       </c>
       <c r="F28" s="67" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="G28" s="74" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A29" s="83"/>
       <c r="B29" s="67"/>
       <c r="C29" s="67" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D29" s="67" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="E29" s="68">
         <v>27934</v>
       </c>
       <c r="F29" s="67" t="s">
         <v>315</v>
       </c>
       <c r="G29" s="74" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A30" s="83" t="s">
         <v>54</v>
       </c>
       <c r="B30" s="67" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C30" s="67" t="s">
+        <v>589</v>
+      </c>
+      <c r="D30" s="67" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="E30" s="68">
         <v>42182</v>
       </c>
       <c r="F30" s="67" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="G30" s="119">
         <v>36540</v>
       </c>
     </row>
     <row r="31" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A31" s="83" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="B31" s="67" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C31" s="67" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D31" s="67" t="s">
         <v>1324</v>
-      </c>
-[...4 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="E31" s="68">
         <v>43184</v>
       </c>
       <c r="F31" s="67" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="G31" s="119">
         <v>37727</v>
       </c>
     </row>
     <row r="32" spans="1:7" s="65" customFormat="1" ht="13.5" customHeight="1">
       <c r="A32" s="83" t="s">
         <v>49</v>
       </c>
       <c r="B32" s="72" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="C32" s="67" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="D32" s="67" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="E32" s="68">
         <v>44707</v>
       </c>
       <c r="F32" s="67" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="G32" s="119">
         <v>39240</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A33" s="83" t="s">
+        <v>690</v>
+      </c>
+      <c r="B33" s="67" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="C33" s="67" t="s">
         <v>163</v>
       </c>
       <c r="D33" s="67" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="E33" s="68">
         <v>35687</v>
       </c>
       <c r="F33" s="67" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="119">
         <v>30272</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A34" s="83" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="B34" s="67" t="s">
+        <v>693</v>
+      </c>
+      <c r="C34" s="67" t="s">
         <v>694</v>
       </c>
-      <c r="C34" s="67" t="s">
+      <c r="D34" s="67" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="E34" s="68">
         <v>24761</v>
       </c>
       <c r="F34" s="67" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="G34" s="119">
         <v>19214</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A35" s="83" t="s">
+        <v>697</v>
+      </c>
+      <c r="B35" s="67" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="C35" s="67" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="67" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="E35" s="68">
         <v>40319</v>
       </c>
       <c r="F35" s="67" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="G35" s="119">
         <v>34981</v>
       </c>
     </row>
     <row r="36" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A36" s="83" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="B36" s="67" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="C36" s="67" t="s">
+        <v>694</v>
+      </c>
+      <c r="D36" s="67" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="E36" s="68">
         <v>24641</v>
       </c>
       <c r="F36" s="67" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="G36" s="119">
         <v>19214</v>
       </c>
     </row>
     <row r="37" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A37" s="83" t="s">
+        <v>702</v>
+      </c>
+      <c r="B37" s="67" t="s">
         <v>703</v>
       </c>
-      <c r="B37" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="67" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="D37" s="67" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="E37" s="68">
         <v>40334</v>
       </c>
       <c r="F37" s="67" t="s">
         <v>37</v>
       </c>
       <c r="G37" s="119">
         <v>34773</v>
       </c>
     </row>
     <row r="38" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A38" s="83" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="75" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C38" s="67" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D38" s="67" t="s">
         <v>1357</v>
-      </c>
-[...4 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="E38" s="68">
         <v>43646</v>
       </c>
       <c r="F38" s="67" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="G38" s="119">
         <v>38143</v>
       </c>
     </row>
     <row r="39" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A39" s="78"/>
       <c r="B39" s="75"/>
       <c r="C39" s="75" t="s">
         <v>176</v>
       </c>
       <c r="D39" s="75" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="E39" s="79"/>
       <c r="F39" s="75"/>
       <c r="G39" s="124"/>
-      <c r="J39" s="163" t="s">
+      <c r="J39" s="162" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="40" spans="1:10" s="65" customFormat="1" ht="11.25" customHeight="1">
       <c r="A40" s="78"/>
       <c r="B40" s="75"/>
       <c r="C40" s="75" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="D40" s="75" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="E40" s="79"/>
       <c r="F40" s="75"/>
       <c r="G40" s="124"/>
-      <c r="J40" s="163" t="s">
+      <c r="J40" s="162" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A41" s="66"/>
       <c r="B41" s="75"/>
       <c r="C41" s="75" t="s">
         <v>399</v>
       </c>
       <c r="D41" s="75" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="E41" s="79"/>
       <c r="F41" s="75"/>
       <c r="G41" s="124"/>
-      <c r="J41" s="163" t="s">
+      <c r="J41" s="162" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="42" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A42" s="83" t="s">
+        <v>704</v>
+      </c>
+      <c r="B42" s="97" t="s">
         <v>705</v>
       </c>
-      <c r="B42" s="97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="84" t="s">
+        <v>673</v>
+      </c>
+      <c r="D42" s="84" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="E42" s="86">
         <v>36274</v>
       </c>
       <c r="F42" s="84" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="G42" s="125">
         <v>30807</v>
       </c>
     </row>
     <row r="43" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A43" s="78"/>
       <c r="B43" s="75"/>
       <c r="C43" s="75" t="s">
+        <v>706</v>
+      </c>
+      <c r="D43" s="75" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="E43" s="79"/>
       <c r="F43" s="75"/>
-      <c r="G43" s="162"/>
+      <c r="G43" s="161"/>
     </row>
     <row r="44" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A44" s="78"/>
       <c r="B44" s="75"/>
       <c r="C44" s="75" t="s">
+        <v>708</v>
+      </c>
+      <c r="D44" s="75" t="s">
         <v>709</v>
       </c>
-      <c r="D44" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="79"/>
-      <c r="F44" s="163"/>
-      <c r="G44" s="162"/>
+      <c r="F44" s="162"/>
+      <c r="G44" s="161"/>
     </row>
     <row r="45" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A45" s="78"/>
       <c r="B45" s="75"/>
       <c r="C45" s="75" t="s">
         <v>397</v>
       </c>
       <c r="D45" s="75" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="E45" s="79"/>
       <c r="F45" s="75"/>
-      <c r="G45" s="162"/>
+      <c r="G45" s="161"/>
     </row>
     <row r="46" spans="1:10" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A46" s="78"/>
       <c r="B46" s="75"/>
       <c r="C46" s="75" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="D46" s="75" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="E46" s="79"/>
-      <c r="F46" s="163"/>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" s="298" customFormat="1" ht="11.4" customHeight="1">
+      <c r="F46" s="162"/>
+      <c r="G46" s="163"/>
+    </row>
+    <row r="47" spans="1:10" s="297" customFormat="1" ht="11.4" customHeight="1">
       <c r="A47" s="83" t="s">
-        <v>1711</v>
+        <v>1709</v>
       </c>
       <c r="B47" s="84" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C47" s="84" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D47" s="84" t="s">
         <v>1679</v>
-      </c>
-[...4 lines deleted...]
-        <v>1681</v>
       </c>
       <c r="E47" s="86">
         <v>45263</v>
       </c>
       <c r="F47" s="19" t="s">
         <v>173</v>
       </c>
       <c r="G47" s="124">
         <v>40219</v>
       </c>
     </row>
-    <row r="48" spans="1:10" s="298" customFormat="1" ht="11.25" customHeight="1">
+    <row r="48" spans="1:10" s="297" customFormat="1" ht="11.25" customHeight="1">
       <c r="A48" s="78"/>
-      <c r="B48" s="518" t="s">
-        <v>1682</v>
+      <c r="B48" s="517" t="s">
+        <v>1680</v>
       </c>
       <c r="C48" s="75" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="D48" s="75" t="s">
         <v>202</v>
       </c>
       <c r="E48" s="79" t="s">
-        <v>1687</v>
-[...1 lines deleted...]
-      <c r="F48" s="163"/>
+        <v>1685</v>
+      </c>
+      <c r="F48" s="162"/>
       <c r="G48" s="124"/>
     </row>
-    <row r="49" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="49" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A49" s="78"/>
       <c r="B49" s="75" t="s">
         <v>176</v>
       </c>
       <c r="C49" s="75" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D49" s="75" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E49" s="79" t="s">
         <v>1684</v>
       </c>
-      <c r="D49" s="75" t="s">
-[...5 lines deleted...]
-      <c r="F49" s="163"/>
+      <c r="F49" s="162"/>
       <c r="G49" s="124"/>
     </row>
-    <row r="50" spans="1:7" s="298" customFormat="1" ht="10.199999999999999">
+    <row r="50" spans="1:7" s="297" customFormat="1" ht="10.199999999999999">
       <c r="A50" s="78"/>
       <c r="B50" s="75" t="s">
         <v>96</v>
       </c>
       <c r="C50" s="75" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="D50" s="75"/>
       <c r="E50" s="79"/>
-      <c r="F50" s="163"/>
+      <c r="F50" s="162"/>
       <c r="G50" s="124"/>
     </row>
     <row r="51" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A51" s="83" t="s">
+        <v>712</v>
+      </c>
+      <c r="B51" s="84" t="s">
         <v>713</v>
       </c>
-      <c r="B51" s="84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="84" t="s">
+        <v>570</v>
+      </c>
+      <c r="D51" s="84" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="E51" s="86">
         <v>36660</v>
       </c>
       <c r="F51" s="84" t="s">
         <v>145</v>
       </c>
-      <c r="G51" s="393">
+      <c r="G51" s="392">
         <v>31075</v>
       </c>
     </row>
     <row r="52" spans="1:7" s="65" customFormat="1" ht="15" customHeight="1">
       <c r="A52" s="83"/>
       <c r="B52" s="84" t="s">
+        <v>714</v>
+      </c>
+      <c r="C52" s="84" t="s">
         <v>715</v>
       </c>
-      <c r="C52" s="84" t="s">
+      <c r="D52" s="84" t="s">
         <v>716</v>
       </c>
-      <c r="D52" s="84" t="s">
+      <c r="E52" s="86" t="s">
         <v>717</v>
       </c>
-      <c r="E52" s="86" t="s">
+      <c r="F52" s="84" t="s">
         <v>718</v>
       </c>
-      <c r="F52" s="84" t="s">
+      <c r="G52" s="125" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="53" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A53" s="78"/>
       <c r="B53" s="75" t="s">
+        <v>720</v>
+      </c>
+      <c r="C53" s="75" t="s">
         <v>721</v>
       </c>
-      <c r="C53" s="75" t="s">
+      <c r="D53" s="75" t="s">
         <v>722</v>
       </c>
-      <c r="D53" s="75" t="s">
+      <c r="E53" s="79" t="s">
         <v>723</v>
       </c>
-      <c r="E53" s="79" t="s">
+      <c r="F53" s="75" t="s">
         <v>724</v>
       </c>
-      <c r="F53" s="75" t="s">
+      <c r="G53" s="124" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="54" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A54" s="83" t="s">
+        <v>726</v>
+      </c>
+      <c r="B54" s="84" t="s">
         <v>727</v>
       </c>
-      <c r="B54" s="84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="84" t="s">
+        <v>610</v>
+      </c>
+      <c r="D54" s="84" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="E54" s="86">
         <v>37416</v>
       </c>
       <c r="F54" s="84" t="s">
         <v>136</v>
       </c>
       <c r="G54" s="125">
         <v>31874</v>
       </c>
     </row>
     <row r="55" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A55" s="78"/>
       <c r="B55" s="75" t="s">
+        <v>728</v>
+      </c>
+      <c r="C55" s="134" t="s">
         <v>729</v>
       </c>
-      <c r="C55" s="135" t="s">
+      <c r="D55" s="75" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="E55" s="79" t="s">
         <v>205</v>
       </c>
       <c r="F55" s="75" t="s">
+        <v>731</v>
+      </c>
+      <c r="G55" s="124" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="56" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A56" s="78"/>
       <c r="B56" s="75" t="s">
+        <v>733</v>
+      </c>
+      <c r="C56" s="75" t="s">
         <v>734</v>
       </c>
-      <c r="C56" s="75" t="s">
+      <c r="D56" s="75" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="E56" s="79" t="s">
         <v>202</v>
       </c>
       <c r="F56" s="75" t="s">
+        <v>736</v>
+      </c>
+      <c r="G56" s="124" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="57" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A57" s="78"/>
       <c r="B57" s="75" t="s">
         <v>176</v>
       </c>
       <c r="C57" s="75" t="s">
         <v>484</v>
       </c>
       <c r="D57" s="75" t="s">
+        <v>738</v>
+      </c>
+      <c r="E57" s="79" t="s">
         <v>739</v>
       </c>
-      <c r="E57" s="79" t="s">
+      <c r="F57" s="75" t="s">
         <v>740</v>
       </c>
-      <c r="F57" s="75" t="s">
+      <c r="G57" s="124" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="58" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A58" s="78"/>
       <c r="B58" s="75" t="s">
+        <v>742</v>
+      </c>
+      <c r="C58" s="75" t="s">
         <v>743</v>
       </c>
-      <c r="C58" s="75" t="s">
+      <c r="D58" s="75" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="E58" s="79" t="s">
         <v>96</v>
       </c>
       <c r="F58" s="75" t="s">
+        <v>745</v>
+      </c>
+      <c r="G58" s="163" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="59" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A59" s="83" t="s">
+        <v>747</v>
+      </c>
+      <c r="B59" s="84" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
       <c r="C59" s="84"/>
       <c r="D59" s="84"/>
       <c r="E59" s="86">
         <v>41804</v>
       </c>
       <c r="F59" s="84" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="G59" s="124"/>
     </row>
     <row r="60" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A60" s="78"/>
       <c r="B60" s="75"/>
       <c r="C60" s="75" t="s">
+        <v>589</v>
+      </c>
+      <c r="D60" s="75" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="E60" s="79"/>
       <c r="F60" s="75"/>
       <c r="G60" s="124">
         <v>36540</v>
       </c>
     </row>
     <row r="61" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A61" s="78"/>
       <c r="B61" s="75"/>
       <c r="C61" s="75" t="s">
+        <v>750</v>
+      </c>
+      <c r="D61" s="75" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="E61" s="79"/>
       <c r="F61" s="75"/>
-      <c r="G61" s="165">
+      <c r="G61" s="164">
         <v>36214</v>
       </c>
     </row>
     <row r="62" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A62" s="78"/>
       <c r="B62" s="75"/>
       <c r="C62" s="75" t="s">
+        <v>752</v>
+      </c>
+      <c r="D62" s="75" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
       <c r="E62" s="79"/>
       <c r="F62" s="75"/>
       <c r="G62" s="124">
         <v>36162</v>
       </c>
     </row>
     <row r="63" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A63" s="66"/>
       <c r="B63" s="67"/>
       <c r="C63" s="67" t="s">
+        <v>754</v>
+      </c>
+      <c r="D63" s="99" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="E63" s="68"/>
       <c r="F63" s="67"/>
-      <c r="G63" s="164">
+      <c r="G63" s="163">
         <v>36269</v>
       </c>
     </row>
     <row r="64" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A64" s="83" t="s">
+      <c r="A64" s="519" t="s">
         <v>108</v>
       </c>
-      <c r="B64" s="84" t="s">
-[...10 lines deleted...]
-      <c r="G64" s="124"/>
+      <c r="B64" s="520" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C64" s="520"/>
+      <c r="D64" s="520"/>
+      <c r="E64" s="521">
+        <v>45814</v>
+      </c>
+      <c r="F64" s="520" t="s">
+        <v>315</v>
+      </c>
+      <c r="G64" s="526"/>
     </row>
     <row r="65" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A65" s="78"/>
-[...10 lines deleted...]
-        <v>34502</v>
+      <c r="A65" s="523"/>
+      <c r="B65" s="524"/>
+      <c r="C65" s="524" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D65" s="524" t="s">
+        <v>822</v>
+      </c>
+      <c r="E65" s="574"/>
+      <c r="F65" s="524"/>
+      <c r="G65" s="526">
+        <v>40585</v>
       </c>
     </row>
     <row r="66" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A66" s="78"/>
-[...10 lines deleted...]
-        <v>34599</v>
+      <c r="A66" s="523"/>
+      <c r="B66" s="524"/>
+      <c r="C66" s="524" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D66" s="524" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E66" s="574"/>
+      <c r="F66" s="524"/>
+      <c r="G66" s="608">
+        <v>40219</v>
       </c>
     </row>
     <row r="67" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
-      <c r="A67" s="78"/>
-[...10 lines deleted...]
-        <v>34672</v>
+      <c r="A67" s="523"/>
+      <c r="B67" s="524"/>
+      <c r="C67" s="524" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D67" s="524" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E67" s="574"/>
+      <c r="F67" s="524"/>
+      <c r="G67" s="526">
+        <v>40432</v>
       </c>
     </row>
     <row r="68" spans="1:7" s="65" customFormat="1" ht="10.8" thickBot="1">
-      <c r="A68" s="137"/>
-[...10 lines deleted...]
-        <v>34765</v>
+      <c r="A68" s="609"/>
+      <c r="B68" s="610"/>
+      <c r="C68" s="610" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D68" s="611" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E68" s="612"/>
+      <c r="F68" s="610"/>
+      <c r="G68" s="613">
+        <v>40367</v>
       </c>
     </row>
     <row r="69" spans="1:7" s="65" customFormat="1" ht="10.8" thickTop="1"/>
     <row r="70" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="71" spans="1:7" s="65" customFormat="1" ht="10.199999999999999">
       <c r="A71" s="65" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="72" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="73" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="74" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="75" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
     <row r="76" spans="1:7" s="65" customFormat="1" ht="10.199999999999999"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="93" orientation="portrait" verticalDpi="597" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>